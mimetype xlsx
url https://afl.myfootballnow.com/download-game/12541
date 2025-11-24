--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -368,75 +368,75 @@
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
     <t>#70 Kyle McConnell - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#63 John Weiss - RT</t>
   </si>
   <si>
     <t>#97 Vince Lewis - LDE</t>
   </si>
   <si>
-    <t>#90 Ellis Bennett - DT</t>
+    <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>#92 Dennis Neal - LDE</t>
   </si>
   <si>
     <t>#94 Terry Herr - RDE</t>
   </si>
   <si>
-    <t>#54 Roger White - SLB</t>
+    <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#28 Daniel Butler - CB</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#20 Thomas Christensen - CB</t>
   </si>
   <si>
-    <t>#27 James Williams - FS</t>
+    <t>#49 James Williams - SS</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>PLL 25</t>
   </si>
   <si>
     <t>Strong I Normal PA All Go</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PLL 25 (14:17) 4-David Carrick pass complete to 24-Andrew Luna to PLL 40 for 15 yards. Tackle by 59-Karl Paquin. PENALTY - Pass Interference (NYK 58-Charles Neely) (Declined)</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>#19 Curtis Robinson - K</t>
   </si>
   <si>
     <t>#92 Cameron Shields - LDE</t>
   </si>
   <si>
     <t>#53 Daniel Martin - RG</t>
   </si>
   <si>
     <t>#59 Robert Tan - RT</t>
   </si>
   <si>
     <t>#65 Michael Turner - C</t>
   </si>
   <si>
     <t>#71 Edward Parker - LT</t>
   </si>
   <si>
     <t>PLL 35</t>
   </si>
   <si>
     <t>(9:24) 19-Curtis Robinson kicks 73 yards from PLL 35 to NYK -8. Touchback.</t>
   </si>
   <si>
-    <t>#12 Stephen Lopez - WR</t>
+    <t>#11 Stephen Lopez - WR</t>
   </si>
   <si>
     <t>#55 John Sherman - WLB</t>
   </si>
   <si>
     <t>NYK 25</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 25 (9:24) 34-Elbert Mayo ran to NYK 26 for 1 yards. 34-Elbert Mayo FUMBLES (48-Charles Goff) recovered by PLL-23-Ralph Lee to NYK 25 for 2 yards. Tackle by 71-Joseph Trent.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>
   <si>
     <t>#83 David Greeley - TE</t>
   </si>