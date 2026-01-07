--- v1 (2025-11-24)
+++ v2 (2026-01-07)
@@ -341,102 +341,102 @@
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>PLL 14</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-PLL 14 (14:57) 22-Michael Staudt ran to PLL 25 for 10 yards. Tackle by 22-James Perkins.</t>
   </si>
   <si>
     <t>#11 David Carrick - QB</t>
   </si>
   <si>
     <t>#22 Michael Staudt - RB</t>
   </si>
   <si>
-    <t>#85 George Farrish - TE</t>
+    <t>#83 George Farrish - TE</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
-    <t>#70 Kyle McConnell - C</t>
+    <t>#58 Kyle McConnell - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#63 John Weiss - RT</t>
   </si>
   <si>
     <t>#97 Vince Lewis - LDE</t>
   </si>
   <si>
     <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>#92 Dennis Neal - LDE</t>
   </si>
   <si>
-    <t>#94 Terry Herr - RDE</t>
+    <t>#96 Terry Herr - RDE</t>
   </si>
   <si>
     <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#28 Daniel Butler - CB</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#20 Thomas Christensen - CB</t>
   </si>
   <si>
-    <t>#49 James Williams - SS</t>
+    <t>#46 James Williams - SS</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>PLL 25</t>
   </si>
   <si>
     <t>Strong I Normal PA All Go</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PLL 25 (14:17) 4-David Carrick pass complete to 24-Andrew Luna to PLL 40 for 15 yards. Tackle by 59-Karl Paquin. PENALTY - Pass Interference (NYK 58-Charles Neely) (Declined)</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
@@ -482,51 +482,51 @@
   <si>
     <t>2-10-PLL 40 (14:09) 24-Andrew Luna ran to NYK 48 for 12 yards. Tackle by 25-Brandon Snipes.</t>
   </si>
   <si>
     <t>#37 Daniel Mabry - RB</t>
   </si>
   <si>
     <t>#25 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NYK 48</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NYK 48 (13:35) 4-David Carrick pass Pass knocked down by 59-Karl Paquin. incomplete, intended for 84-George Farrish.</t>
   </si>
   <si>
-    <t>#36 Lawrence Bailey - FB</t>
+    <t>#30 Lawrence Bailey - FB</t>
   </si>
   <si>
     <t>#92 Ed Martins - WLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>2-10-NYK 48 (13:33) 22-Michael Staudt ran to NYK 48 for 1 yards. Tackle by 95-Eddie Goldman.</t>
   </si>
   <si>
     <t>#88 Michael Ladwig - WR</t>
   </si>
   <si>
     <t>13:00</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
@@ -674,51 +674,51 @@
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
     <t>#77 Kevin Patterson - LT</t>
   </si>
   <si>
     <t>#60 Paul Seeman - LG</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>#74 Joseph Trent - RT</t>
   </si>
   <si>
     <t>#74 Paul Daniel - RT</t>
   </si>
   <si>
     <t>#59 Larry Hayek - DT</t>
   </si>
   <si>
     <t>#98 David Johnson - DT</t>
   </si>
   <si>
-    <t>#58 Jack Shuff - WLB</t>
+    <t>#57 Jack Shuff - WLB</t>
   </si>
   <si>
     <t>#37 Randy Olson - CB</t>
   </si>
   <si>
     <t>#44 Charles Goff - SS</t>
   </si>
   <si>
     <t>9:20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>1-10-NYK 25 (9:21) 24-Andrew Luna ran to NYK 28 for -3 yards. Tackle by 98-Thomas Wagner.</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>NYK 28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>#32 Brent Kimberly - RB</t>
   </si>
   <si>
     <t>#40 Chadwick Douglas - SS</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>NYK 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-NYK 31 (5:31) 6-Hiram McCallum punts 48 yards to PLL 21. Fair Catch by 17-John Lewis.</t>
   </si>
   <si>
     <t>#6 Hiram McCallum - P</t>
   </si>
   <si>
-    <t>#75 Gary Bishop - RT</t>
+    <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
     <t>#17 John Lewis - WR</t>
   </si>
   <si>
     <t>#67 Dewayne Fleming - RG</t>
   </si>
   <si>
     <t>#79 Robert Cancel - LT</t>
   </si>
   <si>
     <t>5:23</t>
   </si>
   <si>
     <t>PLL 21</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-PLL 21 (5:24) 22-Michael Staudt ran to PLL 29 for 7 yards. Tackle by 25-Brandon Snipes. NYK 91-Jeffrey Cohen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>