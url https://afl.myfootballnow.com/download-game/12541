--- v2 (2026-01-07)
+++ v3 (2026-02-13)
@@ -464,51 +464,51 @@
   <si>
     <t>1-10-PLL 40 (14:11) 4-David Carrick pass incomplete, intended for 22-Michael Staudt.</t>
   </si>
   <si>
     <t>#40 Ron Cox - CB</t>
   </si>
   <si>
     <t>#37 Nicholas Jamison - CB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-PLL 40 (14:09) 24-Andrew Luna ran to NYK 48 for 12 yards. Tackle by 25-Brandon Snipes.</t>
   </si>
   <si>
     <t>#37 Daniel Mabry - RB</t>
   </si>
   <si>
-    <t>#25 Brandon Snipes - CB</t>
+    <t>#41 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>13:36</t>
   </si>
   <si>
     <t>NYK 48</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-NYK 48 (13:35) 4-David Carrick pass Pass knocked down by 59-Karl Paquin. incomplete, intended for 84-George Farrish.</t>
   </si>
   <si>
     <t>#30 Lawrence Bailey - FB</t>
   </si>
   <si>
     <t>#92 Ed Martins - WLB</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
@@ -758,51 +758,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 25 (7:22) 8-Robert Ramey pass complete to 84-Louis Sheets to NYK 29 for 4 yards. Tackle by 25-Randy Olson.</t>
   </si>
   <si>
     <t>#87 Leroy Puckett - TE</t>
   </si>
   <si>
     <t>6:48</t>
   </si>
   <si>
     <t>NYK 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>2-6-NYK 29 (6:47) 34-Elbert Mayo ran to NYK 29 for 1 yards. Tackle by 97-David Johnson.</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
-    <t>#18 Shawn Scanlon - WR</t>
+    <t>#83 Shawn Scanlon - WR</t>
   </si>
   <si>
     <t>#32 John Neeley - FS</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Flats</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>3-6-NYK 29 (6:08) 8-Robert Ramey pass complete to 84-Louis Sheets to NYK 31 for 2 yards. Tackle by 25-Randy Olson.</t>
   </si>
   <si>
     <t>#32 Brent Kimberly - RB</t>
   </si>
   <si>
     <t>#40 Chadwick Douglas - SS</t>
   </si>
   <si>
     <t>5:32</t>
   </si>