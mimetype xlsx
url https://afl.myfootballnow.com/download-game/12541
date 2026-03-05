--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Ronald Gilbert kicks 73 yards from NYK 35 to PLL -8. 47-Glen Snell to PLL 14 for 23 yards. Tackle by 25-Brandon Snipes.</t>
   </si>
   <si>
     <t>#47 Glen Snell - TE</t>
   </si>
   <si>
     <t>#23 Ralph Lee - FS</t>
   </si>
   <si>
     <t>#93 Dwight Caba - MLB</t>
   </si>
   <si>
     <t>#95 Cesar Potts - DT</t>
   </si>
   <si>
     <t>#91 Michael Butler - MLB</t>
   </si>
   <si>
     <t>#72 Gonzalo Chrisman - RDE</t>
   </si>
   <si>
-    <t>#60 Frank Najar - LDE</t>
+    <t>#78 Frank Najar - LDE</t>
   </si>
   <si>
     <t>#50 Herbert Coover - RDE</t>
   </si>
   <si>
     <t>#29 William Reese - CB</t>
   </si>
   <si>
     <t>#14 John Myers - WR</t>
   </si>
   <si>
     <t>#33 Anthony Kaiser - CB</t>
   </si>
   <si>
     <t>#4 Ronald Gilbert - K</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>PLL 14</t>
   </si>
@@ -392,51 +392,51 @@
   <si>
     <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>#92 Dennis Neal - LDE</t>
   </si>
   <si>
     <t>#96 Terry Herr - RDE</t>
   </si>
   <si>
     <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
     <t>#28 Daniel Butler - CB</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#20 Thomas Christensen - CB</t>
   </si>
   <si>
-    <t>#46 James Williams - SS</t>
+    <t>#34 James Williams - CB</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>PLL 25</t>
   </si>
   <si>
     <t>Strong I Normal PA All Go</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PLL 25 (14:17) 4-David Carrick pass complete to 24-Andrew Luna to PLL 40 for 15 yards. Tackle by 59-Karl Paquin. PENALTY - Pass Interference (NYK 58-Charles Neely) (Declined)</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 25 (9:24) 34-Elbert Mayo ran to NYK 26 for 1 yards. 34-Elbert Mayo FUMBLES (48-Charles Goff) recovered by PLL-23-Ralph Lee to NYK 25 for 2 yards. Tackle by 71-Joseph Trent.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>
   <si>
     <t>#83 David Greeley - TE</t>
   </si>
   <si>
     <t>#1 Jesse Jensen - WR</t>
   </si>
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
-    <t>#77 Kevin Patterson - LT</t>
+    <t>#55 Kevin Patterson - LT</t>
   </si>
   <si>
     <t>#60 Paul Seeman - LG</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>#74 Joseph Trent - RT</t>
   </si>
   <si>
     <t>#74 Paul Daniel - RT</t>
   </si>
   <si>
     <t>#59 Larry Hayek - DT</t>
   </si>
   <si>
     <t>#98 David Johnson - DT</t>
   </si>
   <si>
     <t>#57 Jack Shuff - WLB</t>
   </si>
   <si>
     <t>#37 Randy Olson - CB</t>
   </si>