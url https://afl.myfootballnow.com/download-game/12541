--- v4 (2026-03-05)
+++ v5 (2026-03-26)
@@ -356,51 +356,51 @@
   <si>
     <t>1-10-PLL 14 (14:57) 22-Michael Staudt ran to PLL 25 for 10 yards. Tackle by 22-James Perkins.</t>
   </si>
   <si>
     <t>#11 David Carrick - QB</t>
   </si>
   <si>
     <t>#22 Michael Staudt - RB</t>
   </si>
   <si>
     <t>#83 George Farrish - TE</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
-    <t>#58 Kyle McConnell - C</t>
+    <t>#64 Kyle McConnell - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#63 John Weiss - RT</t>
   </si>
   <si>
     <t>#97 Vince Lewis - LDE</t>
   </si>
   <si>
     <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>#92 Dennis Neal - LDE</t>
   </si>
   <si>
     <t>#96 Terry Herr - RDE</t>
   </si>
   <si>
     <t>#90 Roger White - SLB</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
@@ -611,96 +611,96 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:24) Extra point by 19-Curtis Robinson is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>#18 Herman Lawson - QB</t>
   </si>
   <si>
     <t>#19 Curtis Robinson - K</t>
   </si>
   <si>
     <t>#92 Cameron Shields - LDE</t>
   </si>
   <si>
     <t>#53 Daniel Martin - RG</t>
   </si>
   <si>
     <t>#59 Robert Tan - RT</t>
   </si>
   <si>
     <t>#65 Michael Turner - C</t>
   </si>
   <si>
-    <t>#71 Edward Parker - LT</t>
+    <t>#61 Edward Parker - RG</t>
   </si>
   <si>
     <t>PLL 35</t>
   </si>
   <si>
     <t>(9:24) 19-Curtis Robinson kicks 73 yards from PLL 35 to NYK -8. Touchback.</t>
   </si>
   <si>
     <t>#11 Stephen Lopez - WR</t>
   </si>
   <si>
     <t>#55 John Sherman - WLB</t>
   </si>
   <si>
     <t>NYK 25</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 25 (9:24) 34-Elbert Mayo ran to NYK 26 for 1 yards. 34-Elbert Mayo FUMBLES (48-Charles Goff) recovered by PLL-23-Ralph Lee to NYK 25 for 2 yards. Tackle by 71-Joseph Trent.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>
   <si>
     <t>#83 David Greeley - TE</t>
   </si>
   <si>
     <t>#1 Jesse Jensen - WR</t>
   </si>
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
     <t>#55 Kevin Patterson - LT</t>
   </si>
   <si>
-    <t>#60 Paul Seeman - LG</t>
+    <t>#78 Paul Seeman - LG</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>#74 Joseph Trent - RT</t>
   </si>
   <si>
     <t>#74 Paul Daniel - RT</t>
   </si>
   <si>
     <t>#59 Larry Hayek - DT</t>
   </si>
   <si>
     <t>#98 David Johnson - DT</t>
   </si>
   <si>
     <t>#57 Jack Shuff - WLB</t>
   </si>
   <si>
     <t>#37 Randy Olson - CB</t>
   </si>
   <si>
     <t>#44 Charles Goff - SS</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>NYK 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-NYK 31 (5:31) 6-Hiram McCallum punts 48 yards to PLL 21. Fair Catch by 17-John Lewis.</t>
   </si>
   <si>
     <t>#6 Hiram McCallum - P</t>
   </si>
   <si>
     <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
     <t>#17 John Lewis - WR</t>
   </si>
   <si>
     <t>#67 Dewayne Fleming - RG</t>
   </si>
   <si>
-    <t>#79 Robert Cancel - LT</t>
+    <t>#54 Robert Cancel - LT</t>
   </si>
   <si>
     <t>5:23</t>
   </si>
   <si>
     <t>PLL 21</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-PLL 21 (5:24) 22-Michael Staudt ran to PLL 29 for 7 yards. Tackle by 25-Brandon Snipes. NYK 91-Jeffrey Cohen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>PLL 29</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>