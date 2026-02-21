--- v0 (2025-12-23)
+++ v1 (2026-02-21)
@@ -635,51 +635,51 @@
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-RII 49 (10:09) 19-Richard Silva ran to TBY 45 for 6 yards. 19-Richard Silva slides to avoid being hit.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>TBY 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-4-TBY 45 (9:26) 35-Charles Loucks ran to TBY 44 for 1 yards. Tackle by 63-Mark Gauvin.</t>
   </si>
   <si>
     <t>#35 Charles Loucks - RB</t>
   </si>
   <si>
-    <t>#29 Joe Jones - RB</t>
+    <t>#25 Joe Jones - RB</t>
   </si>
   <si>
     <t>#80 Anthony Baptista - TE</t>
   </si>
   <si>
     <t>#80 Steven Diaz - TE</t>
   </si>
   <si>
     <t>#62 Bradley Smith - LDE</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>TBY 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-TBY 44 (8:42) 8-James Ramirez punts 35 yards to TBY 9. 41-Christopher Phillips to TBY 13 for 4 yards. Tackle by 60-David Gore.</t>
   </si>