--- v1 (2026-02-21)
+++ v2 (2026-03-23)
@@ -347,63 +347,63 @@
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 25 (15:00) 42-Gerald Burke ran to TBY 26 for 1 yards. Tackle by 59-Daniel Boulton.</t>
   </si>
   <si>
     <t>#9 Joshua Baker - QB</t>
   </si>
   <si>
     <t>#10 Gerald Burke - WR</t>
   </si>
   <si>
     <t>#32 Harold Schreiner - FB</t>
   </si>
   <si>
     <t>#80 Clarence Williamson - TE</t>
   </si>
   <si>
     <t>#63 Leroy Coster - C</t>
   </si>
   <si>
-    <t>#73 Steven Wells - LG</t>
+    <t>#64 Steven Wells - LG</t>
   </si>
   <si>
     <t>#78 Joshua Yarbrough - C</t>
   </si>
   <si>
     <t>#77 David White - RG</t>
   </si>
   <si>
     <t>#70 Michael Peoples - RT</t>
   </si>
   <si>
-    <t>#68 Robert Miller - LDE</t>
+    <t>#59 Robert Miller - LDE</t>
   </si>
   <si>
     <t>#59 Stephen Delaney - LDE</t>
   </si>
   <si>
     <t>#92 Israel Jones - DT</t>
   </si>
   <si>
     <t>#66 Matthew Schroeder - DT</t>
   </si>
   <si>
     <t>#60 David Gore - RDE</t>
   </si>
   <si>
     <t>#55 Douglas Lewis - SLB</t>
   </si>
   <si>
     <t>#99 Daniel Boulton - MLB</t>
   </si>
   <si>
     <t>#97 Douglas Foster - WLB</t>
   </si>
   <si>
     <t>#45 Denny Bixler - CB</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-TBY 43 (13:09) 9-Joshua Baker ran to RII 49 for 8 yards. Tackle by 68-Robert Miller. TBY 23-Bradly Rios was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#24 Bradly Rios - RB</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>RII 49</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 CB1 CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-RII 49 (12:21) 41-Christopher Phillips ran to RII 49 for a short gain. Tackle by 24-Kenneth Badillo.</t>
   </si>
   <si>
-    <t>#16 Brandon Cabrales - WR</t>
+    <t>#17 Brandon Cabrales - WR</t>
   </si>
   <si>
     <t>#95 David Dollard - MLB</t>
   </si>
   <si>
     <t>#53 Dean Flowers - MLB</t>
   </si>
   <si>
     <t>#92 Roderick Young - WLB</t>
   </si>
   <si>
     <t>#24 Kenneth Badillo - CB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-10-RII 49 (11:38) 9-Joshua Baker pass complete to 32-Harold Schreiner to RII 43 for 6 yards. Tackle by 60-David Gore.</t>
   </si>
   <si>
     <t>#29 Lee Buckingham - RB</t>
   </si>
@@ -632,51 +632,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-RII 49 (10:09) 19-Richard Silva ran to TBY 45 for 6 yards. 19-Richard Silva slides to avoid being hit.</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>TBY 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-4-TBY 45 (9:26) 35-Charles Loucks ran to TBY 44 for 1 yards. Tackle by 63-Mark Gauvin.</t>
   </si>
   <si>
-    <t>#35 Charles Loucks - RB</t>
+    <t>#42 Charles Loucks - RB</t>
   </si>
   <si>
     <t>#25 Joe Jones - RB</t>
   </si>
   <si>
     <t>#80 Anthony Baptista - TE</t>
   </si>
   <si>
     <t>#80 Steven Diaz - TE</t>
   </si>
   <si>
     <t>#62 Bradley Smith - LDE</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>TBY 44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
@@ -776,51 +776,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-6-TBY 41 (6:17) 19-Richard Silva pass incomplete, intended for 84-Roberto Funk. 53-Orville Minton got away with a hold on that play. 98-Christopher Harrison got away with a hold on that play.</t>
   </si>
   <si>
     <t>#81 Gary Bollman - WR</t>
   </si>
   <si>
     <t>#90 Claude Price - MLB</t>
   </si>
   <si>
     <t>6:12</t>
   </si>
   <si>
     <t>4-6-TBY 41 (6:13) 5-Javier Carter 59 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#7 Joseph King - QB</t>
   </si>
   <si>
-    <t>#72 Carlos Loveday - C</t>
+    <t>#72 Carlos Loveday - LT</t>
   </si>
   <si>
     <t>#70 Chester Ezell - C</t>
   </si>
   <si>
     <t>#66 Boyce Hardesty - DT</t>
   </si>
   <si>
     <t>6:08</t>
   </si>
   <si>
     <t>TBY 48</t>
   </si>
   <si>
     <t>1-10-TBY 48 (6:09) 42-Gerald Burke ran to TBY 49 for 1 yards. Tackle by 99-Douglas Lewis.</t>
   </si>
   <si>
     <t>5:30</t>
   </si>
   <si>
     <t>TBY 49</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
@@ -1334,51 +1334,51 @@
   <si>
     <t>1-10-TBY 28 (0:02) 42-Gerald Burke ran to TBY 36 for 7 yards. Tackle by 33-Angelo Kirk.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 4-Michael Scott kicks 71 yards from TBY 35 to RII -6. 35-Charles Loucks to RII 30 for 37 yards. Tackle by 4-Michael Scott. RII 35-Charles Loucks was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>RII 30</t>
   </si>
   <si>
     <t>1-10-RII 30 (14:54) 7-Joseph King pass complete to 84-Roberto Funk to RII 36 for 6 yards. Tackle by 99-James Miller. Nice job by 84-Roberto Funk on that route to lose his coverage.</t>
   </si>
   <si>
     <t>#55 Patrick Williams - RG</t>
   </si>
   <si>
     <t>#51 Reuben Bryden - RT</t>
   </si>
   <si>
-    <t>#50 Jason Inman - MLB</t>
+    <t>#95 Jason Inman - MLB</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>2-4-RII 36 (14:14) 7-Joseph King pass incomplete, intended for 82-Charles Shade.</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-4-RII 36 (14:12) 29-Joe Jones ran to RII 46 for 10 yards. Tackle by 48-Kenneth Byrd. RII 16-John Garcia was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#19 John Garcia - WR</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>RII 46</t>
   </si>