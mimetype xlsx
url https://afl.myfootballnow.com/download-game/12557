--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>APG</t>
   </si>
   <si>
     <t>APG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-David Duncan kicks 73 yards from APG 35 to OAK -8. Touchback.</t>
   </si>
   <si>
-    <t>#49 Timothy Kelleher - SS</t>
+    <t>#58 Timothy Kelleher - WLB</t>
   </si>
   <si>
     <t>#31 Erin Panos - FS</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>#94 Milo Glennon - SLB</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
@@ -371,60 +371,60 @@
   <si>
     <t>#69 Jimmie Seay - RT</t>
   </si>
   <si>
     <t>#73 Bo Deloach - C</t>
   </si>
   <si>
     <t>#50 Jeffrey Madden - C</t>
   </si>
   <si>
     <t>#60 Harry Escobar - RG</t>
   </si>
   <si>
     <t>#50 Gabriel Brady - RT</t>
   </si>
   <si>
     <t>#71 Frederick Oconnor - LDE</t>
   </si>
   <si>
     <t>#68 Herman Donato - DT</t>
   </si>
   <si>
     <t>#98 Thomas Wagner - LDE</t>
   </si>
   <si>
-    <t>#92 William Short - SLB</t>
+    <t>#95 William Short - SLB</t>
   </si>
   <si>
     <t>#55 Donald Parker - MLB</t>
   </si>
   <si>
-    <t>#51 Walter Molina - WLB</t>
-[...2 lines deleted...]
-    <t>#42 Oscar Reyes - CB</t>
+    <t>#95 Walter Molina - WLB</t>
+  </si>
+  <si>
+    <t>#22 Oscar Reyes - CB</t>
   </si>
   <si>
     <t>#23 Danny Brown - CB</t>
   </si>
   <si>
     <t>#44 Derek Short - CB</t>
   </si>
   <si>
     <t>#26 Robert Prince - SS</t>
   </si>
   <si>
     <t>#29 Willard McMillan - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>OAK 34</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-1-OAK 34 (14:15) 30-Michael Behling ran to OAK 27 for -7 yards. Tackle by 34-Harold Michael.</t>
   </si>
@@ -497,72 +497,72 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-APG 30 (12:53) 6-Jared Amundsen pass incomplete, dropped by 11-Jack Banta. Pressure by 31-Erin Panos.</t>
   </si>
   <si>
     <t>#2 Jared Amundsen - QB</t>
   </si>
   <si>
     <t>#38 Gary Henderson - RB</t>
   </si>
   <si>
     <t>#30 Robert Mikel - RB</t>
   </si>
   <si>
     <t>#89 Michael Xu - WR</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#82 Jack Banta - WR</t>
   </si>
   <si>
-    <t>#70 Larry Ward - LT</t>
+    <t>#60 Larry Ward - C</t>
   </si>
   <si>
     <t>#69 George Rick - RG</t>
   </si>
   <si>
     <t>#55 William Gonzales - C</t>
   </si>
   <si>
     <t>#77 Jose Slocum - RG</t>
   </si>
   <si>
     <t>#72 Shawn Butcher - RT</t>
   </si>
   <si>
     <t>#71 David McNeil - LDE</t>
   </si>
   <si>
     <t>#95 Ronnie Battles - DT</t>
   </si>
   <si>
-    <t>#95 Shad Grier - MLB</t>
+    <t>#97 Shad Grier - MLB</t>
   </si>
   <si>
     <t>#53 James Reyes - WLB</t>
   </si>
   <si>
     <t>#44 Edwin Ford - CB</t>
   </si>
   <si>
     <t>#22 Fred Shook - FS</t>
   </si>
   <si>
     <t>#33 Thomas Pankey - SS</t>
   </si>
   <si>
     <t>#24 Craig Gutierrez - FS</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
@@ -1457,51 +1457,51 @@
   <si>
     <t>#98 Charles Briggs - LDE</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>2-10-OAK 20 (7:45) 25-Anthony Kirkham ran to OAK 28 for 8 yards. Tackle by 34-Harold Michael.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-2-OAK 28 (7:03) 25-Anthony Kirkham ran to OAK 31 for 3 yards. Tackle by 23-Danny Brown.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>1-10-OAK 31 (6:22) 3-Alvin Crocker pass complete to 66-Gerardo Howell to OAK 38 for 7 yards. Tackle by 34-Harold Michael. Nice job by 66-Gerardo Howell on that route to lose his coverage. OAK 41-Joseph Pace was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#41 Joseph Pace - RB</t>
+    <t>#29 Joseph Pace - RB</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>2-3-OAK 38 (5:45) 3-Alvin Crocker pass incomplete, intended for 25-Anthony Kirkham. That pass kind of wobbled as it was released.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>3-3-OAK 38 (5:43) 3-Alvin Crocker pass Pass knocked down by 23-Danny Brown. incomplete, intended for 80-Steven Lerma.</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>4-3-OAK 38 (5:40) 5-William Jones punts 47 yards to APG 15. Fair Catch by 18-Daniel Murphy.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>APG 15</t>
   </si>
@@ -2257,72 +2257,72 @@
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">