--- v1 (2026-01-19)
+++ v2 (2026-03-22)
@@ -281,51 +281,51 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>APG</t>
   </si>
   <si>
     <t>APG 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 14-David Duncan kicks 73 yards from APG 35 to OAK -8. Touchback.</t>
   </si>
   <si>
-    <t>#58 Timothy Kelleher - WLB</t>
+    <t>#96 Timothy Kelleher - DT</t>
   </si>
   <si>
     <t>#31 Erin Panos - FS</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>#94 Milo Glennon - SLB</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
@@ -350,57 +350,57 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 30-Michael Behling ran to OAK 34 for 9 yards. Tackle by 26-Robert Prince.</t>
   </si>
   <si>
     <t>#6 Karl Nokes - QB</t>
   </si>
   <si>
     <t>#30 Michael Behling - RB</t>
   </si>
   <si>
     <t>#85 Brandon Egerton - TE</t>
   </si>
   <si>
     <t>#17 Jesse Mowery - WR</t>
   </si>
   <si>
     <t>#14 Jonathan Boivin - WR</t>
   </si>
   <si>
     <t>#69 Jimmie Seay - RT</t>
   </si>
   <si>
-    <t>#73 Bo Deloach - C</t>
+    <t>#69 Bo Deloach - C</t>
   </si>
   <si>
     <t>#50 Jeffrey Madden - C</t>
   </si>
   <si>
-    <t>#60 Harry Escobar - RG</t>
+    <t>#61 Harry Escobar - RG</t>
   </si>
   <si>
     <t>#50 Gabriel Brady - RT</t>
   </si>
   <si>
     <t>#71 Frederick Oconnor - LDE</t>
   </si>
   <si>
     <t>#68 Herman Donato - DT</t>
   </si>
   <si>
     <t>#98 Thomas Wagner - LDE</t>
   </si>
   <si>
     <t>#95 William Short - SLB</t>
   </si>
   <si>
     <t>#55 Donald Parker - MLB</t>
   </si>
   <si>
     <t>#95 Walter Molina - WLB</t>
   </si>
   <si>
     <t>#22 Oscar Reyes - CB</t>
   </si>
@@ -494,54 +494,54 @@
   <si>
     <t>APG 30</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>1-10-APG 30 (12:53) 6-Jared Amundsen pass incomplete, dropped by 11-Jack Banta. Pressure by 31-Erin Panos.</t>
   </si>
   <si>
     <t>#2 Jared Amundsen - QB</t>
   </si>
   <si>
     <t>#38 Gary Henderson - RB</t>
   </si>
   <si>
     <t>#30 Robert Mikel - RB</t>
   </si>
   <si>
     <t>#89 Michael Xu - WR</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
-    <t>#82 Jack Banta - WR</t>
-[...2 lines deleted...]
-    <t>#60 Larry Ward - C</t>
+    <t>#83 Jack Banta - WR</t>
+  </si>
+  <si>
+    <t>#61 Larry Ward - C</t>
   </si>
   <si>
     <t>#69 George Rick - RG</t>
   </si>
   <si>
     <t>#55 William Gonzales - C</t>
   </si>
   <si>
     <t>#77 Jose Slocum - RG</t>
   </si>
   <si>
     <t>#72 Shawn Butcher - RT</t>
   </si>
   <si>
     <t>#71 David McNeil - LDE</t>
   </si>
   <si>
     <t>#95 Ronnie Battles - DT</t>
   </si>
   <si>
     <t>#97 Shad Grier - MLB</t>
   </si>
   <si>
     <t>#53 James Reyes - WLB</t>
   </si>
@@ -662,51 +662,51 @@
   <si>
     <t>OAK 14</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-23-OAK 14 (10:45) 14-Karl Nokes pass Pass knocked down by 57-Walter Molina. incomplete, intended for 30-Michael Behling. Pressure by 98-Thomas Wagner.</t>
   </si>
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>3-23-OAK 14 (10:40) 14-Karl Nokes sacked at OAK 14 for -1 yards (79-Richard Goings). Sack allowed by 69-Jimmie Seay.</t>
   </si>
   <si>
     <t>#30 Anthony Kirkham - RB</t>
   </si>
   <si>
     <t>#12 Mark Mitchell - WR</t>
   </si>
   <si>
-    <t>#96 Antonio Barnes - WLB</t>
+    <t>#96 Antonio Barnes - SLB</t>
   </si>
   <si>
     <t>#47 Gene Cook - CB</t>
   </si>
   <si>
     <t>#41 Robert Ray - SS</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>4-23-OAK 14 (10:03) 5-William Jones punts 49 yards to APG 38. 18-Daniel Murphy to APG 39 for 1 yards. Tackle by 90-Randy Light.</t>
   </si>
   <si>
     <t>9:54</t>
   </si>
   <si>
     <t>APG 39</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -1457,51 +1457,51 @@
   <si>
     <t>#98 Charles Briggs - LDE</t>
   </si>
   <si>
     <t>7:44</t>
   </si>
   <si>
     <t>2-10-OAK 20 (7:45) 25-Anthony Kirkham ran to OAK 28 for 8 yards. Tackle by 34-Harold Michael.</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>3-2-OAK 28 (7:03) 25-Anthony Kirkham ran to OAK 31 for 3 yards. Tackle by 23-Danny Brown.</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>1-10-OAK 31 (6:22) 3-Alvin Crocker pass complete to 66-Gerardo Howell to OAK 38 for 7 yards. Tackle by 34-Harold Michael. Nice job by 66-Gerardo Howell on that route to lose his coverage. OAK 41-Joseph Pace was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#29 Joseph Pace - RB</t>
+    <t>#41 Joseph Pace - RB</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>2-3-OAK 38 (5:45) 3-Alvin Crocker pass incomplete, intended for 25-Anthony Kirkham. That pass kind of wobbled as it was released.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>3-3-OAK 38 (5:43) 3-Alvin Crocker pass Pass knocked down by 23-Danny Brown. incomplete, intended for 80-Steven Lerma.</t>
   </si>
   <si>
     <t>5:39</t>
   </si>
   <si>
     <t>4-3-OAK 38 (5:40) 5-William Jones punts 47 yards to APG 15. Fair Catch by 18-Daniel Murphy.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>APG 15</t>
   </si>
@@ -2257,72 +2257,72 @@
     <col min="15" max="15" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="50" max="50" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
-    <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">