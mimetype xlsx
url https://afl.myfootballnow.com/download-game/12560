--- v0 (2025-10-23)
+++ v1 (2026-01-21)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-David Madrid kicks 67 yards from Bat 35 to NYK -2. 17-Terrence Whaley to NYK 25 for 28 yards. Tackle by 21-Joseph Washington.</t>
   </si>
   <si>
     <t>#17 Terrence Whaley - RB</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
-    <t>#27 James Williams - FS</t>
+    <t>#46 James Williams - SS</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
     <t>#99 Roy Christy - RDE</t>
   </si>
   <si>
     <t>#25 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>#21 Strickland Banks - CB</t>
   </si>
   <si>
     <t>#55 John Sherman - WLB</t>
   </si>
   <si>
     <t>#14 David Madrid - K</t>
   </si>
   <si>
     <t>NYK</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
@@ -431,51 +431,51 @@
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Cover 2</t>
   </si>
   <si>
     <t>2-7-NYK 28 (14:11) 8-Robert Ramey pass complete to 12-Stephen Lopez to NYK 36 for 9 yards. Tackle by 21-Joseph Washington.</t>
   </si>
   <si>
     <t>#12 Louis Sheets - WR</t>
   </si>
   <si>
     <t>#16 Kevin Enright - WR</t>
   </si>
   <si>
     <t>#11 Stephen Lopez - WR</t>
   </si>
   <si>
     <t>#75 Orlando Freund - LDE</t>
   </si>
   <si>
     <t>#45 Marion Liddell - CB</t>
   </si>
   <si>
-    <t>#31 Robert May - FS</t>
+    <t>#25 Robert May - FS</t>
   </si>
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>NYK 36</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NYK 36 (13:28) 8-Robert Ramey pass complete to 12-Stephen Lopez to Bat 47 for 16 yards. Tackle by 27-Kevin Tolson.</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>Bat 47</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>1-10-Bat 47 (12:50) 9-Ray Allen ran to Bat 31 for 16 yards. Tackle by 21-Joseph Washington.</t>
   </si>
   <si>
     <t>#9 Ray Allen - RB</t>
   </si>
   <si>
     <t>#50 Donald Thomas - SLB</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>Bat 31</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-Bat 31 (12:11) 17-Terrence Whaley ran to Bat 20 for 12 yards. Tackle by 27-Kevin Tolson. PENALTY - Offsides (Bat 92-Gary Walkowiak) (Declined)</t>
   </si>
   <si>
-    <t>#18 Shawn Scanlon - WR</t>
+    <t>#83 Shawn Scanlon - WR</t>
   </si>
   <si>
     <t>#46 Jamie Shelby - SS</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>Bat 20</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-Bat 20 (12:07) 34-Elbert Mayo ran to Bat 9 for 10 yards. Tackle by 99-Charles Newell.</t>
   </si>
   <si>
     <t>#55 Mark Pierce - MLB</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>#32 Brent Kimberly - RB</t>
   </si>
   <si>
     <t>#19 Billy Campbell - WR</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>Bat 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:27) Extra point GOOD by 4-Ronald Gilbert. NYK 7 Bat 0</t>
   </si>
   <si>
     <t>#6 Hiram McCallum - P</t>
   </si>
   <si>
-    <t>#75 Gary Bishop - RT</t>
+    <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
     <t>#4 Ronald Gilbert - K</t>
   </si>
   <si>
     <t>#74 Paul Daniel - RT</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>NYK 35</t>
   </si>
   <si>
     <t>(11:27) 4-Ronald Gilbert kicks 74 yards from NYK 35 to Bat -9. Touchback.</t>
   </si>
   <si>
     <t>#24 William Molina - RB</t>
   </si>
   <si>
     <t>Bat 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
@@ -782,90 +782,90 @@
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYK 15 (6:44) 15-Patrick Laurel pass complete to 24-William Molina to NYK 14 for 1 yards. Tackle by 27-James Williams.</t>
   </si>
   <si>
     <t>6:04</t>
   </si>
   <si>
     <t>NYK 14</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-9-NYK 14 (6:03) 38-Charles Costello ran to NYK 13 for 1 yards. Tackle by 28-Daniel Butler.</t>
   </si>
   <si>
     <t>#87 Gregory Theisen - TE</t>
   </si>
   <si>
-    <t>#94 Terry Herr - RDE</t>
+    <t>#96 Terry Herr - RDE</t>
   </si>
   <si>
     <t>5:21</t>
   </si>
   <si>
     <t>NYK 13</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>3-8-NYK 13 (5:20) 38-Charles Costello ran to NYK 12 for 1 yards. Tackle by 58-Charles Neely.</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>NYK 12</t>
   </si>
   <si>
     <t>4-7-NYK 12 (4:34) 2-David Madrid 30 yard field goal is GOOD. NYK 7 Bat 3</t>
   </si>
   <si>
     <t>#4 Robert Byrd - P</t>
   </si>
   <si>
     <t>#74 Bruce Waugh - LT</t>
   </si>
   <si>
     <t>#56 Marty Patterson - C</t>
   </si>
   <si>
     <t>#67 Eugene Davis - LG</t>
   </si>
   <si>
     <t>#93 James Chace - DT</t>
   </si>
   <si>
-    <t>#51 Stanley Barker - WLB</t>
+    <t>#55 Stanley Barker - WLB</t>
   </si>
   <si>
     <t>4:31</t>
   </si>
   <si>
     <t>(4:32) 2-David Madrid kicks 75 yards from Bat 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 25 (4:32) 34-Elbert Mayo ran to NYK 35 for 10 yards. Tackle by 43-Colin Martin. NYK 81-Leroy Puckett was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>1-10-NYK 35 (3:57) 8-Robert Ramey pass complete to 86-Russell Clancy to Bat 46 for 19 yards. Tackle by 50-Donald Thomas. 86-Russell Clancy breaks down the CB.</t>
   </si>