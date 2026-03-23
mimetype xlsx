--- v1 (2026-01-21)
+++ v2 (2026-03-23)
@@ -296,111 +296,111 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-David Madrid kicks 67 yards from Bat 35 to NYK -2. 17-Terrence Whaley to NYK 25 for 28 yards. Tackle by 21-Joseph Washington.</t>
   </si>
   <si>
     <t>#17 Terrence Whaley - RB</t>
   </si>
   <si>
     <t>#50 Wayne White - MLB</t>
   </si>
   <si>
     <t>#75 Jeffrey Cohen - DT</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>#58 Charles Neely - WLB</t>
   </si>
   <si>
-    <t>#46 James Williams - SS</t>
+    <t>#34 James Williams - CB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
     <t>#99 Roy Christy - RDE</t>
   </si>
   <si>
-    <t>#25 Brandon Snipes - CB</t>
+    <t>#41 Brandon Snipes - CB</t>
   </si>
   <si>
     <t>#21 Strickland Banks - CB</t>
   </si>
   <si>
     <t>#55 John Sherman - WLB</t>
   </si>
   <si>
     <t>#14 David Madrid - K</t>
   </si>
   <si>
     <t>NYK</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>NYK 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-NYK 25 (14:56) 34-Elbert Mayo ran to NYK 28 for 3 yards. Tackle by 43-Colin Martin.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#39 Elbert Mayo - RB</t>
   </si>
   <si>
     <t>#35 Blade Runner - RB</t>
   </si>
   <si>
     <t>#87 Leroy Puckett - TE</t>
   </si>
   <si>
     <t>#86 Russell Clancy - TE</t>
   </si>
   <si>
     <t>#83 David Greeley - TE</t>
   </si>
   <si>
-    <t>#77 Kevin Patterson - LT</t>
-[...2 lines deleted...]
-    <t>#60 Paul Seeman - LG</t>
+    <t>#55 Kevin Patterson - LT</t>
+  </si>
+  <si>
+    <t>#78 Paul Seeman - LG</t>
   </si>
   <si>
     <t>#68 Raymond Grove - C</t>
   </si>
   <si>
     <t>#67 Dewayne Fleming - RG</t>
   </si>
   <si>
     <t>#73 Harry Spires - LT</t>
   </si>
   <si>
     <t>#97 Charles Robertson - RDE</t>
   </si>
   <si>
     <t>#61 Julian Lawrence - RDE</t>
   </si>
   <si>
     <t>#92 Gary Walkowiak - DT</t>
   </si>
   <si>
     <t>#62 Raymond Leon - DT</t>
   </si>
   <si>
     <t>#91 Oscar Covey - RDE</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>(11:27) 4-Ronald Gilbert kicks 74 yards from NYK 35 to Bat -9. Touchback.</t>
   </si>
   <si>
     <t>#24 William Molina - RB</t>
   </si>
   <si>
     <t>Bat 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-Bat 25 (11:27) 15-Patrick Laurel pass incomplete, dropped by 24-William Molina.</t>
   </si>
   <si>
     <t>#2 Patrick Laurel - QB</t>
   </si>
   <si>
     <t>#38 Charles Costello - RB</t>
   </si>
   <si>
-    <t>#81 Terry Hasegawa - WR</t>
+    <t>#15 Terry Hasegawa - WR</t>
   </si>
   <si>
     <t>#17 Larry McCray - WR</t>
   </si>
   <si>
     <t>#15 Fernando Hendren - WR</t>
   </si>
   <si>
     <t>#79 Stewart Stonge - LT</t>
   </si>
   <si>
     <t>#55 Scott Jones - LG</t>
   </si>
   <si>
     <t>#74 Troy Quesenberry - C</t>
   </si>
   <si>
     <t>#62 Charles Creswell - RG</t>
   </si>
   <si>
     <t>#68 Kevin Graves - RT</t>
   </si>
   <si>
     <t>#97 Vince Lewis - LDE</t>
   </si>
@@ -1424,51 +1424,51 @@
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>1-10-Bat 46 (13:24) 17-Terrence Whaley ran to Bat 41 for 5 yards. Tackle by 94-Joseph Miller.</t>
   </si>
   <si>
     <t>2-5-Bat 41 (12:50) 13-Darrell Carroll pass complete to 35-Blade Runner to Bat 38 for 3 yards. Tackle by 37-Joseph Easton.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>Empty 4 Wide Spread Corner Post</t>
   </si>
   <si>
     <t>3-2-Bat 38 (12:04) 13-Darrell Carroll pass complete to 19-James Coleman for 38 yards. TOUCHDOWN! NYK 23 Bat 3</t>
   </si>
   <si>
     <t>11:57</t>
   </si>
   <si>
     <t>(11:58) Extra point GOOD by 4-Ronald Gilbert. NYK 24 Bat 3</t>
   </si>
   <si>
-    <t>#79 Robert Cancel - LT</t>
+    <t>#54 Robert Cancel - LT</t>
   </si>
   <si>
     <t>#78 Daniel Conner - C</t>
   </si>
   <si>
     <t>#52 Matthew Peterson - RDE</t>
   </si>
   <si>
     <t>(11:58) 4-Ronald Gilbert kicks 71 yards from NYK 35 to Bat -6. Touchback.</t>
   </si>
   <si>
     <t>1-10-Bat 25 (11:58) 8-Bruce King pass incomplete, intended for 38-Charles Costello. 54-Roger White got away with a hold on that play.</t>
   </si>
   <si>
     <t>11:52</t>
   </si>
   <si>
     <t>2-10-Bat 25 (11:53) 8-Bruce King pass incomplete, dropped by 88-Fernando Hendren. Pressure by 94-Terry Herr.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>3-10-Bat 25 (11:49) 8-Bruce King pass Pass knocked down by 25-Brandon Snipes. incomplete, intended for 83-John Munoz.</t>
   </si>