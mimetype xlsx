--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 17-Russell Richards kicks 73 yards from YUC 35 to KCC -8. Touchback.</t>
   </si>
   <si>
     <t>#43 Britt Steele - RB</t>
   </si>
   <si>
     <t>#70 Adam Williams - DT</t>
   </si>
   <si>
     <t>#97 Gary Outland - SLB</t>
   </si>
   <si>
     <t>#31 Terrence Oglesby - SS</t>
   </si>
   <si>
     <t>#46 Thomas Loftin - FS</t>
   </si>
   <si>
     <t>#62 Ben Ortiz - DT</t>
   </si>
   <si>
     <t>#97 Jonathan Hutson - DT</t>
   </si>
   <si>
-    <t>#90 Walker Johnson - WLB</t>
+    <t>#93 Walker Johnson - WLB</t>
   </si>
   <si>
     <t>#75 Christopher Edwards - DT</t>
   </si>
   <si>
     <t>#94 Thomas Eastep - WLB</t>
   </si>
   <si>
     <t>#25 Arnold Lynch - CB</t>
   </si>
   <si>
     <t>#17 Russell Richards - K</t>
   </si>
   <si>
     <t>AFP</t>
   </si>
   <si>
     <t>AFP 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
@@ -356,87 +356,87 @@
   <si>
     <t>#12 Harold Jenkins - QB</t>
   </si>
   <si>
     <t>#35 Anthony Taylor - RB</t>
   </si>
   <si>
     <t>#44 Mark Shields - FB</t>
   </si>
   <si>
     <t>#86 Lawrence Livingston - TE</t>
   </si>
   <si>
     <t>#85 Alfredo Spataro - TE</t>
   </si>
   <si>
     <t>#56 Joe Louque - RT</t>
   </si>
   <si>
     <t>#59 Derrick Brown - LG</t>
   </si>
   <si>
     <t>#51 Elliot Smith - C</t>
   </si>
   <si>
-    <t>#79 Dustin House - RG</t>
+    <t>#79 Dustin House - RT</t>
   </si>
   <si>
     <t>#76 Robert Blackmon - RT</t>
   </si>
   <si>
-    <t>#90 Michael Carswell - LDE</t>
+    <t>#94 Michael Carswell - LDE</t>
   </si>
   <si>
     <t>#95 Enrique Borders - LDE</t>
   </si>
   <si>
     <t>#96 Greg Parnell - DT</t>
   </si>
   <si>
-    <t>#69 Brian Knopp - RDE</t>
+    <t>#77 Brian Knopp - RDE</t>
   </si>
   <si>
     <t>#69 Kelly Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Tim Abel - WLB</t>
   </si>
   <si>
     <t>#51 Patrick Holcomb - WLB</t>
   </si>
   <si>
     <t>#56 Carl Martin - WLB</t>
   </si>
   <si>
-    <t>#48 Tom Carter - CB</t>
+    <t>#88 Tom Carter - LDE</t>
   </si>
   <si>
     <t>#32 Matthew Krause - CB</t>
   </si>
   <si>
-    <t>#22 Steven Reyes - FS</t>
+    <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>AFP 31</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-KCC 31 (14:15) 12-Harold Jenkins pass Pass knocked down by 98-Carl Martin. incomplete, intended for 86-Lawrence Livingston.</t>
   </si>
   <si>
     <t>#85 David Burgess - WR</t>
   </si>
   <si>
     <t>#83 Danny Durham - WR</t>
   </si>
   <si>
     <t>#31 Dan Miller - CB</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-YUC 25 (9:31) 6-Thomas Wilmoth 43 yard field goal is GOOD. YUC 0 KCC 3</t>
   </si>
   <si>
     <t>#13 Nathan Collins - P</t>
   </si>
   <si>
     <t>#6 Thomas Wilmoth - K</t>
   </si>
   <si>
     <t>#72 Steve Nelson - RT</t>
   </si>
   <si>
     <t>#78 Frederick Loper - C</t>
   </si>
   <si>
     <t>#76 James Deskins - RG</t>
   </si>
   <si>
-    <t>#58 William Hatch - SLB</t>
+    <t>#47 William Hatch - SS</t>
   </si>
   <si>
     <t>#63 Charles Frasier - LT</t>
   </si>
   <si>
     <t>#51 John Smallwood - WLB</t>
   </si>
   <si>
     <t>#53 Stanley Bartlett - MLB</t>
   </si>
   <si>
     <t>#53 Woodrow Medrano - WLB</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>AFP 35</t>
   </si>
   <si>
     <t>(9:28) 6-Thomas Wilmoth kicks 74 yards from KCC 35 to YUC -9. Touchback.</t>
   </si>
   <si>
     <t>#5 George Morgan - WR</t>
   </si>
@@ -626,57 +626,57 @@
   <si>
     <t>#3 Leonard Zehner - QB</t>
   </si>
   <si>
     <t>#47 Armando Roberts - RB</t>
   </si>
   <si>
     <t>#46 Daniel Dubois - FB</t>
   </si>
   <si>
     <t>#85 Joseph Hinman - TE</t>
   </si>
   <si>
     <t>#18 Daren Guffey - WR</t>
   </si>
   <si>
     <t>#6 Edwin Peters - WR</t>
   </si>
   <si>
     <t>#64 Randall Severt - LG</t>
   </si>
   <si>
     <t>#69 Carlos Johnson - C</t>
   </si>
   <si>
-    <t>#78 Richard Glisson - RT</t>
+    <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#67 Steven Chaney - LT</t>
   </si>
   <si>
-    <t>#71 Wendell Layden - LDE</t>
+    <t>#57 Wendell Layden - LDE</t>
   </si>
   <si>
     <t>#69 Sheldon Barrera - RDE</t>
   </si>
   <si>
     <t>#53 Gene Hunter - MLB</t>
   </si>
   <si>
     <t>#26 Salvatore Cota - CB</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>MGA 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-YUC 28 (8:44) 3-Leonard Zehner pass complete to 40-Armando Roberts to YUC 34 for 5 yards. Tackle by 37-William Miller.</t>
   </si>
@@ -1211,105 +1211,105 @@
   <si>
     <t>0:31</t>
   </si>
   <si>
     <t>MGA 18</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-1-YUC 18 (0:30) 38-Williams Contreras ran to YUC 19 for 1 yards. Tackle by 70-Adam Williams. 69-Carlos Johnson was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 6-Thomas Wilmoth kicks 74 yards from KCC 35 to YUC -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-YUC 25 (15:00) 38-Williams Contreras ran to YUC 21 for -4 yards. Tackle by 97-Jonathan Hutson.</t>
   </si>
   <si>
     <t>#9 Richard Shoemaker - QB</t>
   </si>
   <si>
-    <t>#54 Bryce Northcutt - MLB</t>
-[...2 lines deleted...]
-    <t>#52 John Williams - WLB</t>
+    <t>#50 Bryce Northcutt - MLB</t>
+  </si>
+  <si>
+    <t>#50 John Williams - WLB</t>
   </si>
   <si>
     <t>MGA 21</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-14-YUC 21 (14:25) 38-Williams Contreras ran to YUC 22 for 1 yards. Tackle by 77-Cody Boudreaux.</t>
   </si>
   <si>
     <t>#89 Damon Miller - TE</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>MGA 22</t>
   </si>
   <si>
     <t>3-13-YUC 22 (13:50) 1-Richard Shoemaker pass incomplete, dropped by 29-Daniel Dubois.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>4-13-YUC 22 (13:47) 5-Collin Vance punts 45 yards to KCC 33. 35-Anthony Taylor to KCC 40 for 7 yards. Tackle by 38-Williams Contreras.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>AFP 40</t>
   </si>
   <si>
     <t>1-10-KCC 40 (13:39) 35-Anthony Taylor ran to KCC 38 for -1 yards. Tackle by 97-Wilson Teel.</t>
   </si>
   <si>
     <t>#8 Lance King - QB</t>
   </si>
   <si>
     <t>#88 Edward Pierce - TE</t>
   </si>
   <si>
     <t>#52 Peter Sullivan - RT</t>
   </si>
   <si>
     <t>#95 Robert Grant - DT</t>
   </si>
   <si>
-    <t>#94 Bryan Long - DT</t>
+    <t>#85 Bryan Long - WLB</t>
   </si>
   <si>
     <t>AFP 38</t>
   </si>
   <si>
     <t>2-11-KCC 38 (12:56) 35-Anthony Taylor ran to KCC 38 for a short gain. Tackle by 92-Bryan Long.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>3-11-KCC 38 (12:13) 8-Lance King pass incomplete, dropped by 44-Mark Shields.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>4-11-KCC 38 (12:10) PENALTY - False Start (KCC 65-Jamie Frame)</t>
   </si>
   <si>
     <t>#79 Jamie Frame - RG</t>
   </si>
   <si>
     <t>AFP 33</t>
   </si>
@@ -2178,51 +2178,51 @@
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="32.992" bestFit="true" customWidth="true" style="0"/>