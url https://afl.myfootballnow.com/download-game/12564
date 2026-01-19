--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -362,51 +362,51 @@
   <si>
     <t>#44 Mark Shields - FB</t>
   </si>
   <si>
     <t>#86 Lawrence Livingston - TE</t>
   </si>
   <si>
     <t>#85 Alfredo Spataro - TE</t>
   </si>
   <si>
     <t>#56 Joe Louque - RT</t>
   </si>
   <si>
     <t>#59 Derrick Brown - LG</t>
   </si>
   <si>
     <t>#51 Elliot Smith - C</t>
   </si>
   <si>
     <t>#79 Dustin House - RT</t>
   </si>
   <si>
     <t>#76 Robert Blackmon - RT</t>
   </si>
   <si>
-    <t>#94 Michael Carswell - LDE</t>
+    <t>#94 Michael Carswell - RDE</t>
   </si>
   <si>
     <t>#95 Enrique Borders - LDE</t>
   </si>
   <si>
     <t>#96 Greg Parnell - DT</t>
   </si>
   <si>
     <t>#77 Brian Knopp - RDE</t>
   </si>
   <si>
     <t>#69 Kelly Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Tim Abel - WLB</t>
   </si>
   <si>
     <t>#51 Patrick Holcomb - WLB</t>
   </si>
   <si>
     <t>#56 Carl Martin - WLB</t>
   </si>
   <si>
     <t>#88 Tom Carter - LDE</t>
   </si>
@@ -566,51 +566,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-YUC 25 (9:31) 6-Thomas Wilmoth 43 yard field goal is GOOD. YUC 0 KCC 3</t>
   </si>
   <si>
     <t>#13 Nathan Collins - P</t>
   </si>
   <si>
     <t>#6 Thomas Wilmoth - K</t>
   </si>
   <si>
     <t>#72 Steve Nelson - RT</t>
   </si>
   <si>
     <t>#78 Frederick Loper - C</t>
   </si>
   <si>
     <t>#76 James Deskins - RG</t>
   </si>
   <si>
-    <t>#47 William Hatch - SS</t>
+    <t>#29 William Hatch - SS</t>
   </si>
   <si>
     <t>#63 Charles Frasier - LT</t>
   </si>
   <si>
     <t>#51 John Smallwood - WLB</t>
   </si>
   <si>
     <t>#53 Stanley Bartlett - MLB</t>
   </si>
   <si>
     <t>#53 Woodrow Medrano - WLB</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>AFP 35</t>
   </si>
   <si>
     <t>(9:28) 6-Thomas Wilmoth kicks 74 yards from KCC 35 to YUC -9. Touchback.</t>
   </si>
   <si>
     <t>#5 George Morgan - WR</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-YUC 25 (9:28) 40-Armando Roberts ran to YUC 28 for 3 yards. Tackle by 46-Thomas Loftin.</t>
   </si>
   <si>
     <t>#3 Leonard Zehner - QB</t>
   </si>
   <si>
     <t>#47 Armando Roberts - RB</t>
   </si>
   <si>
     <t>#46 Daniel Dubois - FB</t>
   </si>
   <si>
     <t>#85 Joseph Hinman - TE</t>
   </si>
   <si>
     <t>#18 Daren Guffey - WR</t>
   </si>
   <si>
     <t>#6 Edwin Peters - WR</t>
   </si>
   <si>
-    <t>#64 Randall Severt - LG</t>
+    <t>#67 Randall Severt - LG</t>
   </si>
   <si>
     <t>#69 Carlos Johnson - C</t>
   </si>
   <si>
     <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#67 Steven Chaney - LT</t>
   </si>
   <si>
     <t>#57 Wendell Layden - LDE</t>
   </si>
   <si>
     <t>#69 Sheldon Barrera - RDE</t>
   </si>
   <si>
     <t>#53 Gene Hunter - MLB</t>
   </si>
   <si>
     <t>#26 Salvatore Cota - CB</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>3-1-YUC 34 (8:07) 40-Armando Roberts ran to YUC 33 for a short loss. Tackle by 96-Gary Outland.</t>
   </si>
   <si>
     <t>#28 Roosevelt Adler - FB</t>
   </si>
   <si>
     <t>#86 Stephen Lovelace - TE</t>
   </si>
   <si>
     <t>7:24</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-YUC 33 (7:23) 5-Collin Vance punts 46 yards to KCC 21. Fair Catch by 35-Anthony Taylor.</t>
   </si>
   <si>
     <t>#1 Collin Vance - P</t>
   </si>
   <si>
-    <t>#61 Eric Robinson - C</t>
+    <t>#87 Eric Robinson - C</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>AFP 21</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-10-KCC 21 (7:17) 12-Harold Jenkins pass complete to 82-David Burgess to KCC 32 for 11 yards. Tackle by 43-Tom Carter.</t>
   </si>
   <si>
     <t>6:40</t>
   </si>
   <si>
     <t>AFP 32</t>
   </si>
   <si>
     <t>1-10-KCC 32 (6:39) 12-Harold Jenkins pass complete to 35-Anthony Taylor to KCC 44 for 13 yards. Tackle by 98-Carl Martin.</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
@@ -1121,51 +1121,51 @@
   <si>
     <t>2-12-KCC 8 (3:13) 43-Britt Steele ran to KCC 6 for -2 yards. 43-Britt Steele FUMBLES (51-Enrique Borders) recovered by YUC-51-Enrique Borders to KCC 9 for -2 yards. Tackle by 86-Lawrence Livingston.</t>
   </si>
   <si>
     <t>3:09</t>
   </si>
   <si>
     <t>AFP 9</t>
   </si>
   <si>
     <t>1-9-KCC 9 (3:10) 40-Armando Roberts ran for 9 yards. TOUCHDOWN! YUC 6 KCC 3</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>AFP 15</t>
   </si>
   <si>
     <t>(3:06) Extra point GOOD by 17-Russell Richards. YUC 7 KCC 3</t>
   </si>
   <si>
     <t>#99 Joshua Torres - MLB</t>
   </si>
   <si>
-    <t>#77 Cody Boudreaux - RDE</t>
+    <t>#76 Cody Boudreaux - RDE</t>
   </si>
   <si>
     <t>#90 Robert Seward - DT</t>
   </si>
   <si>
     <t>(3:06) 17-Russell Richards kicks 70 yards from YUC 35 to KCC -5. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>1-10-KCC 25 (3:06) 12-Harold Jenkins pass complete to 43-Britt Steele to KCC 36 for 11 yards. Tackle by 25-Michael Adams.</t>
   </si>
   <si>
     <t>2:31</t>
   </si>
   <si>
     <t>AFP 36</t>
   </si>
   <si>
     <t>1-10-KCC 36 (2:30) 12-Harold Jenkins pass complete to 86-Lawrence Livingston to KCC 37 for 2 yards. Tackle by 43-Tom Carter.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
@@ -1262,51 +1262,51 @@
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>4-13-YUC 22 (13:47) 5-Collin Vance punts 45 yards to KCC 33. 35-Anthony Taylor to KCC 40 for 7 yards. Tackle by 38-Williams Contreras.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>AFP 40</t>
   </si>
   <si>
     <t>1-10-KCC 40 (13:39) 35-Anthony Taylor ran to KCC 38 for -1 yards. Tackle by 97-Wilson Teel.</t>
   </si>
   <si>
     <t>#8 Lance King - QB</t>
   </si>
   <si>
     <t>#88 Edward Pierce - TE</t>
   </si>
   <si>
     <t>#52 Peter Sullivan - RT</t>
   </si>
   <si>
-    <t>#95 Robert Grant - DT</t>
+    <t>#96 Robert Grant - DT</t>
   </si>
   <si>
     <t>#85 Bryan Long - WLB</t>
   </si>
   <si>
     <t>AFP 38</t>
   </si>
   <si>
     <t>2-11-KCC 38 (12:56) 35-Anthony Taylor ran to KCC 38 for a short gain. Tackle by 92-Bryan Long.</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>3-11-KCC 38 (12:13) 8-Lance King pass incomplete, dropped by 44-Mark Shields.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>4-11-KCC 38 (12:10) PENALTY - False Start (KCC 65-Jamie Frame)</t>
   </si>
   <si>
     <t>#79 Jamie Frame - RG</t>
   </si>