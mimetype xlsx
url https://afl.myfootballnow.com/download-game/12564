--- v2 (2026-01-19)
+++ v3 (2026-03-20)
@@ -386,51 +386,51 @@
   <si>
     <t>#94 Michael Carswell - RDE</t>
   </si>
   <si>
     <t>#95 Enrique Borders - LDE</t>
   </si>
   <si>
     <t>#96 Greg Parnell - DT</t>
   </si>
   <si>
     <t>#77 Brian Knopp - RDE</t>
   </si>
   <si>
     <t>#69 Kelly Johnson - RDE</t>
   </si>
   <si>
     <t>#56 Tim Abel - WLB</t>
   </si>
   <si>
     <t>#51 Patrick Holcomb - WLB</t>
   </si>
   <si>
     <t>#56 Carl Martin - WLB</t>
   </si>
   <si>
-    <t>#88 Tom Carter - LDE</t>
+    <t>#90 Tom Carter - DT</t>
   </si>
   <si>
     <t>#32 Matthew Krause - CB</t>
   </si>
   <si>
     <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>AFP 31</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>2-4-KCC 31 (14:15) 12-Harold Jenkins pass Pass knocked down by 98-Carl Martin. incomplete, intended for 86-Lawrence Livingston.</t>
   </si>
   <si>
     <t>#85 David Burgess - WR</t>
   </si>
@@ -560,63 +560,63 @@
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>MGA 25</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-YUC 25 (9:31) 6-Thomas Wilmoth 43 yard field goal is GOOD. YUC 0 KCC 3</t>
   </si>
   <si>
     <t>#13 Nathan Collins - P</t>
   </si>
   <si>
     <t>#6 Thomas Wilmoth - K</t>
   </si>
   <si>
     <t>#72 Steve Nelson - RT</t>
   </si>
   <si>
-    <t>#78 Frederick Loper - C</t>
+    <t>#65 Frederick Loper - C</t>
   </si>
   <si>
     <t>#76 James Deskins - RG</t>
   </si>
   <si>
     <t>#29 William Hatch - SS</t>
   </si>
   <si>
     <t>#63 Charles Frasier - LT</t>
   </si>
   <si>
-    <t>#51 John Smallwood - WLB</t>
+    <t>#57 John Smallwood - WLB</t>
   </si>
   <si>
     <t>#53 Stanley Bartlett - MLB</t>
   </si>
   <si>
     <t>#53 Woodrow Medrano - WLB</t>
   </si>
   <si>
     <t>9:27</t>
   </si>
   <si>
     <t>AFP 35</t>
   </si>
   <si>
     <t>(9:28) 6-Thomas Wilmoth kicks 74 yards from KCC 35 to YUC -9. Touchback.</t>
   </si>
   <si>
     <t>#5 George Morgan - WR</t>
   </si>
   <si>
     <t>#78 Joseph Vallee - DT</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>#85 Joseph Hinman - TE</t>
   </si>
   <si>
     <t>#18 Daren Guffey - WR</t>
   </si>
   <si>
     <t>#6 Edwin Peters - WR</t>
   </si>
   <si>
     <t>#67 Randall Severt - LG</t>
   </si>
   <si>
     <t>#69 Carlos Johnson - C</t>
   </si>
   <si>
     <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#67 Steven Chaney - LT</t>
   </si>
   <si>
     <t>#57 Wendell Layden - LDE</t>
   </si>
   <si>
-    <t>#69 Sheldon Barrera - RDE</t>
+    <t>#95 Sheldon Barrera - RDE</t>
   </si>
   <si>
     <t>#53 Gene Hunter - MLB</t>
   </si>
   <si>
     <t>#26 Salvatore Cota - CB</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>MGA 28</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-YUC 28 (8:44) 3-Leonard Zehner pass complete to 40-Armando Roberts to YUC 34 for 5 yards. Tackle by 37-William Miller.</t>
   </si>
   <si>
     <t>#45 Williams Contreras - RB</t>
   </si>
@@ -1226,51 +1226,51 @@
   <si>
     <t>(15:00) 6-Thomas Wilmoth kicks 74 yards from KCC 35 to YUC -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-YUC 25 (15:00) 38-Williams Contreras ran to YUC 21 for -4 yards. Tackle by 97-Jonathan Hutson.</t>
   </si>
   <si>
     <t>#9 Richard Shoemaker - QB</t>
   </si>
   <si>
     <t>#50 Bryce Northcutt - MLB</t>
   </si>
   <si>
     <t>#50 John Williams - WLB</t>
   </si>
   <si>
     <t>MGA 21</t>
   </si>
   <si>
     <t>4-3 Under Wide Line</t>
   </si>
   <si>
     <t>2-14-YUC 21 (14:25) 38-Williams Contreras ran to YUC 22 for 1 yards. Tackle by 77-Cody Boudreaux.</t>
   </si>
   <si>
-    <t>#89 Damon Miller - TE</t>
+    <t>#88 Damon Miller - TE</t>
   </si>
   <si>
     <t>13:51</t>
   </si>
   <si>
     <t>MGA 22</t>
   </si>
   <si>
     <t>3-13-YUC 22 (13:50) 1-Richard Shoemaker pass incomplete, dropped by 29-Daniel Dubois.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>4-13-YUC 22 (13:47) 5-Collin Vance punts 45 yards to KCC 33. 35-Anthony Taylor to KCC 40 for 7 yards. Tackle by 38-Williams Contreras.</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>AFP 40</t>
   </si>
   <si>
     <t>1-10-KCC 40 (13:39) 35-Anthony Taylor ran to KCC 38 for -1 yards. Tackle by 97-Wilson Teel.</t>
   </si>