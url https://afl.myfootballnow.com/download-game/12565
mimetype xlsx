--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -563,51 +563,51 @@
   <si>
     <t>#94 Scott Miller - MLB</t>
   </si>
   <si>
     <t>#43 Tom Combs - FS</t>
   </si>
   <si>
     <t>#42 Errol Foster - FS</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-10-DAY 29 (12:49) 8-Joseph Peterson FUMBLES recovered by DAY-53-Gabriel Barnett at DAY 29. Tackle by 50-Clarence Duncan.</t>
   </si>
   <si>
     <t>#84 Charles Velez - TE</t>
   </si>
   <si>
-    <t>#55 Jeffrey Llewellyn - MLB</t>
+    <t>#58 Jeffrey Llewellyn - MLB</t>
   </si>
   <si>
     <t>Timeout DAY</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-10-DAY 29 (12:17) 8-Joseph Peterson pass complete to 80-Steven Webster to DAY 38 for 9 yards. Tackle by 94-Scott Miller.</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>DAY 38</t>
   </si>
   <si>
     <t>4-1-DAY 38 (11:39) 19-Julian Vieira punts 45 yards to PRA 17. Fair Catch by 15-Otto Lass. PENALTY - Offsides (PRA 63-Jeffrey Swindle)</t>
   </si>
@@ -629,51 +629,51 @@
   <si>
     <t>#61 Noah Reid - LDE</t>
   </si>
   <si>
     <t>#99 Jeffrey Swindle - DT</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>DAY 43</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>1-10-DAY 43 (11:32) 8-Joseph Peterson pass complete to 17-Walter Hurley to PRA 43 for 15 yards. Tackle by 94-Scott Miller. PRA 77-John Garber was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>
   <si>
     <t>#65 Bradley Fryer - RG</t>
   </si>
   <si>
-    <t>#67 Reginald Trautman - RT</t>
+    <t>#61 Reginald Trautman - RT</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>TSB 43</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-PRA 43 (10:47) 14-Matthew Parsons ran to PRA 43 for a short loss. Tackle by 50-Clarence Duncan. 65-Bradley Fryer was completely beat on that play.</t>
   </si>
   <si>
     <t>#10 Chester Wing - WR</t>
   </si>
   <si>
     <t>#18 Tristan Stewart - WR</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
@@ -1349,75 +1349,75 @@
   <si>
     <t>2-8-PRA 27 (0:38) 30-Allen Gilchrist ran to PRA 27 for a short gain. Tackle by 49-Dennis Ross.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 4-David Brown kicks 75 yards from PRA 35 to DAY -10. Touchback.</t>
   </si>
   <si>
     <t>#4 David Brown - K</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 9-Peter Hoyt pass Pass knocked down by 96-Jeffrey Llewellyn. incomplete, intended for 32-Douglas Goldman.</t>
   </si>
   <si>
     <t>#9 Peter Hoyt - QB</t>
   </si>
   <si>
-    <t>#90 Thomas Tyler - SLB</t>
+    <t>#54 Thomas Tyler - SLB</t>
   </si>
   <si>
     <t>14:58</t>
   </si>
   <si>
     <t>2-10-DAY 25 (14:59) 32-Douglas Goldman ran to DAY 26 for 1 yards. Tackle by 63-Jeffrey Swindle.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>DAY 26</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>3-9-DAY 26 (14:16) 9-Peter Hoyt pass complete to 32-Douglas Goldman to DAY 29 for 3 yards. Tackle by 48-Tom Combs. PRA 72-Vernon Byrne was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4-6-DAY 29 (13:43) 19-Julian Vieira punts 51 yards to PRA 20.</t>
   </si>
   <si>
-    <t>#56 Christopher Dortch - MLB</t>
+    <t>#59 Christopher Dortch - MLB</t>
   </si>
   <si>
     <t>TSB 20</t>
   </si>
   <si>
     <t>1-10-PRA 20 (13:33) 3-Jonathan Gamino pass complete to 9-Charles Nelson to PRA 22 for 2 yards. Tackle by 47-Kevin Bates.</t>
   </si>
   <si>
     <t>#14 Jonathan Gamino - QB</t>
   </si>
   <si>
     <t>#58 James Lopez - LG</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>TSB 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>2-8-PRA 22 (12:48) 20-Billy Dammann ran to PRA 25 for 3 yards. Tackle by 47-Kevin Bates.</t>
   </si>