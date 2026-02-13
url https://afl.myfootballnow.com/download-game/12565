--- v1 (2025-12-15)
+++ v2 (2026-02-13)
@@ -308,51 +308,51 @@
   <si>
     <t>#77 John Garber - RDE</t>
   </si>
   <si>
     <t>#81 Jason Mallett - WR</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#98 Joshua McCoy - SLB</t>
   </si>
   <si>
     <t>#99 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#96 Harold Young - LDE</t>
   </si>
   <si>
     <t>#41 John Shimizu - SS</t>
   </si>
   <si>
     <t>#46 Brian Walker - CB</t>
   </si>
   <si>
-    <t>#91 Stanley Seldon - MLB</t>
+    <t>#91 Stanley Seldon - SLB</t>
   </si>
   <si>
     <t>#72 Vernon Byrne - DT</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>TSB</t>
   </si>
   <si>
     <t>TSB 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PRA 25 (15:00) 30-Allen Gilchrist ran to PRA 27 for 2 yards. Tackle by 49-Dennis Ross.</t>
   </si>
   <si>
     <t>#11 Darren Legaspi - QB</t>
   </si>
@@ -395,138 +395,138 @@
   <si>
     <t>#76 Jose Nance - DT</t>
   </si>
   <si>
     <t>#65 Emanuel Oakes - RDE</t>
   </si>
   <si>
     <t>#51 Ali Brady - WLB</t>
   </si>
   <si>
     <t>#98 David Peterson - MLB</t>
   </si>
   <si>
     <t>#54 Mark Lee - WLB</t>
   </si>
   <si>
     <t>#41 John Bliss - CB</t>
   </si>
   <si>
     <t>#24 Jean Lewis - FS</t>
   </si>
   <si>
     <t>#31 Armando Holden - SS</t>
   </si>
   <si>
-    <t>#47 Dennis Ross - CB</t>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>TSB 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-PRA 27 (14:21) 30-Allen Gilchrist ran to PRA 31 for 4 yards. Tackle by 51-Ali Brady.</t>
   </si>
   <si>
     <t>#20 Billy Dammann - RB</t>
   </si>
   <si>
     <t>#9 Charles Nelson - FB</t>
   </si>
   <si>
     <t>#89 Mohamed Wilson - TE</t>
   </si>
   <si>
     <t>#61 Adrian Heard - LDE</t>
   </si>
   <si>
     <t>#56 Josue Mathis - DT</t>
   </si>
   <si>
     <t>#52 Samuel Mannino - MLB</t>
   </si>
   <si>
     <t>#39 Julio Turner - CB</t>
   </si>
   <si>
-    <t>#37 Alfred Gomez - SS</t>
+    <t>#37 Alfred Gomez - CB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>TSB 31</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-4-PRA 31 (13:43) 9-Charles Nelson ran to PRA 31 for a short loss. Tackle by 60-Jeffrey Chun.</t>
   </si>
   <si>
     <t>#1 Peter Jasper - LDE</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-PRA 31 (13:00) 1-Mark Pierson punts 48 yards to DAY 20. 17-Walter Hurley to DAY 29 for 9 yards. Tackle by 41-John Shimizu.</t>
   </si>
   <si>
     <t>#1 Mark Pierson - P</t>
   </si>
   <si>
     <t>#57 John Garcia - RT</t>
   </si>
   <si>
     <t>#11 Walter Hurley - WR</t>
   </si>
   <si>
     <t>#38 Vance Patel - SLB</t>
   </si>
   <si>
     <t>#73 Kevin Olmstead - C</t>
   </si>
   <si>
-    <t>#51 William Shrader - C</t>
+    <t>#52 William Shrader - C</t>
   </si>
   <si>
     <t>#34 Robert Pearson - CB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>DAY 29</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-DAY 29 (12:52) 8-Joseph Peterson pass Pass knocked down by 94-Scott Miller. incomplete, intended for 82-Daniel Hickman.</t>
   </si>
   <si>
     <t>#5 Joseph Peterson - QB</t>
   </si>
   <si>
     <t>#21 Matthew Parsons - WR</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>3-10-DAY 29 (12:17) 8-Joseph Peterson pass complete to 80-Steven Webster to DAY 38 for 9 yards. Tackle by 94-Scott Miller.</t>
   </si>
   <si>
     <t>11:40</t>
   </si>
   <si>
     <t>DAY 38</t>
   </si>
   <si>
     <t>4-1-DAY 38 (11:39) 19-Julian Vieira punts 45 yards to PRA 17. Fair Catch by 15-Otto Lass. PENALTY - Offsides (PRA 63-Jeffrey Swindle)</t>
   </si>
   <si>
     <t>#19 Julian Vieira - P</t>
   </si>
   <si>
     <t>#15 Otto Lass - WR</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>#66 Terrance Terrill - LT</t>
   </si>
   <si>
-    <t>#77 Gene Lee - LT</t>
+    <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#61 Noah Reid - LDE</t>
   </si>
   <si>
     <t>#99 Jeffrey Swindle - DT</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>DAY 43</t>
   </si>
   <si>
     <t>Singleback Normal FL Post</t>
   </si>
   <si>
     <t>1-10-DAY 43 (11:32) 8-Joseph Peterson pass complete to 17-Walter Hurley to PRA 43 for 15 yards. Tackle by 94-Scott Miller. PRA 77-John Garber was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>
   <si>
     <t>#65 Bradley Fryer - RG</t>
   </si>