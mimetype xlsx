--- v2 (2026-02-13)
+++ v3 (2026-03-15)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 73 yards from DAY 35 to PRA -8. Touchback.</t>
   </si>
   <si>
     <t>#21 James Eddings - RB</t>
   </si>
   <si>
     <t>#77 John Garber - RDE</t>
   </si>
   <si>
     <t>#81 Jason Mallett - WR</t>
   </si>
   <si>
     <t>#28 James Bellis - FS</t>
   </si>
   <si>
     <t>#98 Joshua McCoy - SLB</t>
   </si>
   <si>
-    <t>#99 Clarence Duncan - DT</t>
+    <t>#78 Clarence Duncan - DT</t>
   </si>
   <si>
     <t>#96 Harold Young - LDE</t>
   </si>
   <si>
     <t>#41 John Shimizu - SS</t>
   </si>
   <si>
     <t>#46 Brian Walker - CB</t>
   </si>
   <si>
     <t>#91 Stanley Seldon - SLB</t>
   </si>
   <si>
     <t>#72 Vernon Byrne - DT</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>TSB</t>
   </si>
   <si>
     <t>TSB 25</t>
   </si>
@@ -512,81 +512,81 @@
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>DAY 29</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-DAY 29 (12:52) 8-Joseph Peterson pass Pass knocked down by 94-Scott Miller. incomplete, intended for 82-Daniel Hickman.</t>
   </si>
   <si>
     <t>#5 Joseph Peterson - QB</t>
   </si>
   <si>
     <t>#21 Matthew Parsons - WR</t>
   </si>
   <si>
     <t>#43 Harold Kennedy - FB</t>
   </si>
   <si>
-    <t>#82 Daniel Hickman - TE</t>
+    <t>#86 Daniel Hickman - WR</t>
   </si>
   <si>
     <t>#85 Raymond Graham - WR</t>
   </si>
   <si>
     <t>#80 Steven Webster - WR</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#59 Craig Bailey - LG</t>
   </si>
   <si>
     <t>#53 Gabriel Barnett - C</t>
   </si>
   <si>
     <t>#74 Arthur Haile - RG</t>
   </si>
   <si>
     <t>#62 Williams Benz - RT</t>
   </si>
   <si>
     <t>#91 Dean Nelson - SLB</t>
   </si>
   <si>
     <t>#94 Scott Miller - MLB</t>
   </si>
   <si>
-    <t>#43 Tom Combs - FS</t>
+    <t>#37 Tom Combs - FS</t>
   </si>
   <si>
     <t>#42 Errol Foster - FS</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>Singleback Big TE Flat Curl</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-10-DAY 29 (12:49) 8-Joseph Peterson FUMBLES recovered by DAY-53-Gabriel Barnett at DAY 29. Tackle by 50-Clarence Duncan.</t>
   </si>
   <si>
     <t>#84 Charles Velez - TE</t>
   </si>
   <si>
     <t>#58 Jeffrey Llewellyn - MLB</t>
   </si>
   <si>
     <t>Timeout DAY</t>
   </si>