--- v0 (2025-10-31)
+++ v1 (2025-12-30)
@@ -302,135 +302,135 @@
   <si>
     <t>(15:00) 8-Edward Barber kicks 74 yards from WIM 35 to Iow -9. Touchback.</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#42 James Duran - SS</t>
   </si>
   <si>
     <t>#51 James Mielke - WLB</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
   <si>
     <t>#46 Arthur Harris - CB</t>
   </si>
   <si>
     <t>#44 Randall Martinez - SS</t>
   </si>
   <si>
-    <t>#24 Larry Cash - CB</t>
+    <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
   <si>
     <t>#47 David Bednar - CB</t>
   </si>
   <si>
     <t>#41 Victor Blanco - FS</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-Iow 25 (15:00) 8-James Myer pass incomplete, intended for 10-Willie Luse. 30-John Davis got away with a hold on that play.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
   <si>
-    <t>#85 George Farrish - TE</t>
+    <t>#83 George Farrish - TE</t>
   </si>
   <si>
     <t>#10 Willie Luse - WR</t>
   </si>
   <si>
     <t>#19 Troy Shupe - WR</t>
   </si>
   <si>
     <t>#60 Peter Vincent - LT</t>
   </si>
   <si>
     <t>#78 Forrest Myers - LG</t>
   </si>
   <si>
     <t>#60 Guy Chang - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>
   <si>
     <t>#59 Fred Burton - RDE</t>
   </si>
   <si>
     <t>#72 Matthew Winston - DT</t>
   </si>
   <si>
     <t>#63 Henry Belcher - DT</t>
   </si>
   <si>
     <t>#61 Samuel Fox - RDE</t>
   </si>
   <si>
     <t>#97 James Bennett - MLB</t>
   </si>
   <si>
     <t>#43 David Pool - WLB</t>
   </si>
   <si>
     <t>#30 John Davis - CB</t>
   </si>
   <si>
     <t>#32 James Oliver - CB</t>
   </si>
   <si>
-    <t>#35 Ronald Sanders - CB</t>
+    <t>#55 Ronald Sanders - SLB</t>
   </si>
   <si>
     <t>#46 Mark Jefferson - SS</t>
   </si>
   <si>
     <t>#40 Byron Brunson - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-Iow 25 (14:58) 39-Rosendo Smith ran to Iow 37 for 12 yards. Tackle by 32-James Oliver.</t>
   </si>
   <si>
     <t>#39 Rosendo Smith - RB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
@@ -488,51 +488,51 @@
   <si>
     <t>3-18-Iow 29 (13:23) 8-James Myer pass Pass knocked down by 44-Billie Bagwell. incomplete, intended for 85-George Farrish.</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
     <t>#51 Michael Brito - SLB</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-Iow 29 (13:20) PENALTY - False Start (Iow 52-Peter Vincent)</t>
   </si>
   <si>
     <t>#18 Alvin Dunbar - P</t>
   </si>
   <si>
-    <t>#42 John Hamilton - RB</t>
+    <t>#44 John Hamilton - RB</t>
   </si>
   <si>
     <t>#14 Jordan Sanford - WR</t>
   </si>
   <si>
     <t>#81 Raymond Avera - WR</t>
   </si>
   <si>
     <t>#82 Jacob Hudson - WR</t>
   </si>
   <si>
     <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
     <t>#56 Raymond McClendon - SLB</t>
   </si>
   <si>
     <t>#55 William Branch - LG</t>
   </si>
   <si>
     <t>#68 Henry Reyes - C</t>
   </si>
   <si>
     <t>#75 Steve Torres - RG</t>
   </si>
@@ -545,63 +545,63 @@
   <si>
     <t>13:12</t>
   </si>
   <si>
     <t>WIM 32</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-WIM 32 (13:13) 10-David Jackson pass complete to 42-John Hamilton to WIM 44 for 12 yards. Tackle by 24-Larry Cash. 42-John Hamilton made a great move on the CB.</t>
   </si>
   <si>
     <t>#10 David Jackson - QB</t>
   </si>
   <si>
     <t>#34 Mike Anderson - FB</t>
   </si>
   <si>
     <t>#88 James Putman - WR</t>
   </si>
   <si>
-    <t>#59 Jeffrey Stamp - LT</t>
+    <t>#77 Jeffrey Stamp - RT</t>
   </si>
   <si>
     <t>#60 Cory Tichenor - LG</t>
   </si>
   <si>
     <t>#58 Sean Gonzales - C</t>
   </si>
   <si>
     <t>#70 Todd Lopez - LT</t>
   </si>
   <si>
-    <t>#78 Lionel Hall - RT</t>
+    <t>#50 Lionel Hall - RT</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
   <si>
     <t>#56 John Koffler - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#93 Frank Johnson - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>12:29</t>
   </si>
   <si>
     <t>WIM 44</t>
   </si>
@@ -1076,51 +1076,51 @@
   <si>
     <t>3-5-WIM 30 (12:43) 10-David Jackson pass complete to 82-Jacob Hudson to Iow 0 for 70 yards. TOUCHDOWN! 82-Jacob Hudson made a great move on the CB. WIM 52-Sean Gonzales was injured on the play. He looks like he should be able to return. WIM 6 Iow 6</t>
   </si>
   <si>
     <t>12:31</t>
   </si>
   <si>
     <t>Iow 15</t>
   </si>
   <si>
     <t>(12:32) Extra point GOOD by 8-Edward Barber. WIM 7 Iow 6</t>
   </si>
   <si>
     <t>#79 Christopher Inouye - RG</t>
   </si>
   <si>
     <t>#54 Jim Koester - LDE</t>
   </si>
   <si>
     <t>#94 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>#71 Clement Butler - LDE</t>
   </si>
   <si>
-    <t>#75 Joseph Dones - DT</t>
+    <t>#71 Joseph Dones - DT</t>
   </si>
   <si>
     <t>#77 David Jones - RDE</t>
   </si>
   <si>
     <t>(12:32) 8-Edward Barber kicks 75 yards from WIM 35 to Iow -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-Iow 25 (12:32) 8-James Myer pass complete to 19-Troy Shupe to Iow 32 for 7 yards. Tackle by 32-James Oliver.</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>Iow 32</t>
   </si>
   <si>
     <t>2-3-Iow 32 (11:57) 8-James Myer sacked at Iow 26 for -5 yards (61-Samuel Fox). Sack allowed by 52-Peter Vincent.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
@@ -1400,51 +1400,51 @@
   <si>
     <t>3-1-Iow 9 (0:40) 39-Rosendo Smith ran to Iow 18 for 9 yards. Tackle by 40-Byron Brunson.</t>
   </si>
   <si>
     <t>0:03</t>
   </si>
   <si>
     <t>Iow 18</t>
   </si>
   <si>
     <t>1-10-Iow 18 (0:02) 39-Rosendo Smith ran to Iow 30 for 12 yards. Tackle by 29-Allen Nichols.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 75 yards from Iow 35 to WIM -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-WIM 25 (15:00) 4-Homer Joines pass INTERCEPTED by 46-Arthur Harris at WIM 27. 46-Arthur Harris to WIM 27 for 0 yards. PENALTY - Holding (WIM 73-Thomas Griffin) (Declined)</t>
   </si>
   <si>
     <t>#4 Homer Joines - QB</t>
   </si>
   <si>
-    <t>#75 Whitney Miracle - C</t>
+    <t>#53 Whitney Miracle - C</t>
   </si>
   <si>
     <t>#70 Mark Eaton - LT</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-WIM 27 (14:56) 39-Rosendo Smith ran to WIM 9 for 18 yards. Tackle by 94-Wesley Holt.</t>
   </si>
   <si>
     <t>#10 Richard Huff - QB</t>
   </si>
   <si>
     <t>#92 Kevin Burton - LDE</t>
   </si>
   <si>
     <t>WIM 9</t>
   </si>
   <si>
     <t>1-9-WIM 9 (14:10) 81-Charles Bjorklund ran to WIM 12 for -3 yards. Tackle by 94-Wesley Holt. Iow 82-James Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Charles Bjorklund - RB</t>
   </si>
@@ -1457,51 +1457,51 @@
   <si>
     <t>2-12-WIM 12 (13:29) 81-Charles Bjorklund ran to WIM 7 for 5 yards. Tackle by 94-Wesley Holt.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>WIM 7</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-7-WIM 7 (12:46) 14-Richard Huff pass complete to 12-Michael Hopkins for 7 yards. TOUCHDOWN! 12-Michael Hopkins did some fancy footwork there. WIM 7 Iow 15</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>WIM 15</t>
   </si>
   <si>
     <t>(12:44) Extra point by 17-Jorge Robinson is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#57 Duane Johnson - C</t>
+    <t>#56 Duane Johnson - C</t>
   </si>
   <si>
     <t>#73 Jeremy Brooks - LT</t>
   </si>
   <si>
     <t>(12:44) 17-Jorge Robinson kicks 75 yards from Iow 35 to WIM -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-WIM 25 (12:44) 47-Thomas Stansberry ran to WIM 28 for 3 yards. Tackle by 98-Justin Heal.</t>
   </si>
   <si>
     <t>12:10</t>
   </si>
   <si>
     <t>2-7-WIM 28 (12:09) 4-Homer Joines pass incomplete, dropped by 80-James Dudley.</t>
   </si>
   <si>
     <t>12:05</t>
   </si>
   <si>
     <t>3-7-WIM 28 (12:06) 4-Homer Joines pass incomplete, dropped by 83-Kenneth Andrews. Excellent coverage on that play.</t>
   </si>
   <si>
     <t>12:02</t>
   </si>