--- v1 (2025-12-30)
+++ v2 (2026-01-29)
@@ -311,51 +311,51 @@
   <si>
     <t>#51 James Mielke - WLB</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
   <si>
     <t>#46 Arthur Harris - CB</t>
   </si>
   <si>
     <t>#44 Randall Martinez - SS</t>
   </si>
   <si>
     <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
   <si>
     <t>#47 David Bednar - CB</t>
   </si>
   <si>
-    <t>#41 Victor Blanco - FS</t>
+    <t>#31 Victor Blanco - FS</t>
   </si>
   <si>
     <t>#8 Edward Barber - K</t>
   </si>
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-Iow 25 (15:00) 8-James Myer pass incomplete, intended for 10-Willie Luse. 30-John Davis got away with a hold on that play.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
@@ -377,96 +377,96 @@
   <si>
     <t>#60 Guy Chang - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>
   <si>
     <t>#59 Fred Burton - RDE</t>
   </si>
   <si>
     <t>#72 Matthew Winston - DT</t>
   </si>
   <si>
     <t>#63 Henry Belcher - DT</t>
   </si>
   <si>
     <t>#61 Samuel Fox - RDE</t>
   </si>
   <si>
     <t>#97 James Bennett - MLB</t>
   </si>
   <si>
-    <t>#43 David Pool - WLB</t>
+    <t>#91 David Pool - WLB</t>
   </si>
   <si>
     <t>#30 John Davis - CB</t>
   </si>
   <si>
     <t>#32 James Oliver - CB</t>
   </si>
   <si>
-    <t>#55 Ronald Sanders - SLB</t>
+    <t>#52 Ronald Sanders - SLB</t>
   </si>
   <si>
     <t>#46 Mark Jefferson - SS</t>
   </si>
   <si>
     <t>#40 Byron Brunson - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-10-Iow 25 (14:58) 39-Rosendo Smith ran to Iow 37 for 12 yards. Tackle by 32-James Oliver.</t>
   </si>
   <si>
     <t>#39 Rosendo Smith - RB</t>
   </si>
   <si>
     <t>14:11</t>
   </si>
   <si>
     <t>Iow 37</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-Iow 37 (14:10) 8-James Myer sacked at Iow 29 for -8 yards (50-Fred Burton). Sack allowed by 57-Brian Garrett.</t>
   </si>
   <si>
-    <t>#88 Jason Weibel - WR</t>
+    <t>#16 Jason Weibel - WR</t>
   </si>
   <si>
     <t>#56 Robert Carpenter - WLB</t>
   </si>
   <si>
     <t>#29 Allen Nichols - SS</t>
   </si>
   <si>
     <t>#32 Billie Bagwell - FS</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Iow 29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-18-Iow 29 (13:24) 8-James Myer pass incomplete, intended for 85-George Farrish.</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>3-9-WIM 46 (11:43) 47-Thomas Stansberry ran to Iow 49 for 5 yards. Tackle by 22-Jimmy Hockett.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>
   <si>
     <t>Iow 49</t>
   </si>
   <si>
     <t>4-3-Iow 49 (11:03) 13-Joseph Tebo punts 49 yards to Iow 0.4-3-Iow 49 (11:03) 13-Joseph Tebo punts 49 yards to Iow 0. Touchback.</t>
   </si>
   <si>
     <t>#13 Joseph Tebo - P</t>
   </si>
   <si>
     <t>#68 Thomas Griffin - RT</t>
   </si>
   <si>
-    <t>#80 James Dudley - TE</t>
+    <t>#83 James Dudley - TE</t>
   </si>
   <si>
     <t>#74 Glenn Acker - LG</t>
   </si>
   <si>
     <t>#96 Jerry Tovar - DT</t>
   </si>
   <si>
     <t>#98 Justin Heal - MLB</t>
   </si>
   <si>
     <t>#99 Bert Destefano - SLB</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>Iow 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>1-10-Iow 20 (10:55) 21-William Barrios ran to Iow 27 for 7 yards. Tackle by 39-Ronald Sanders.</t>
   </si>
@@ -833,51 +833,51 @@
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-WIM 26 (3:34) 8-James Myer pass incomplete, dropped by 39-Rosendo Smith. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>#69 George Howell - LDE</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>Strong I Big WR Quick In</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-WIM 26 (3:31) 8-James Myer pass incomplete, intended for 85-George Farrish.</t>
   </si>
   <si>
     <t>#89 Harold Cano - TE</t>
   </si>
   <si>
-    <t>#52 Robert Taylor - RDE</t>
+    <t>#77 Robert Taylor - LDE</t>
   </si>
   <si>
     <t>3:28</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>3-10-WIM 26 (3:29) 8-James Myer pass incomplete, dropped by 39-Rosendo Smith. Pressure by 55-George Howell. 43-David Pool got away with a hold on that play.</t>
   </si>
   <si>
     <t>#94 Wesley Holt - MLB</t>
   </si>
   <si>
     <t>3:23</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-WIM 26 (3:24) 17-Jorge Robinson 44 yard field goal is GOOD. WIM 50-Fred Burton was injured on the play. He looks like he should be able to return. WIM 0 Iow 3</t>
   </si>
@@ -1070,51 +1070,51 @@
   <si>
     <t>WIM 30</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>3-5-WIM 30 (12:43) 10-David Jackson pass complete to 82-Jacob Hudson to Iow 0 for 70 yards. TOUCHDOWN! 82-Jacob Hudson made a great move on the CB. WIM 52-Sean Gonzales was injured on the play. He looks like he should be able to return. WIM 6 Iow 6</t>
   </si>
   <si>
     <t>12:31</t>
   </si>
   <si>
     <t>Iow 15</t>
   </si>
   <si>
     <t>(12:32) Extra point GOOD by 8-Edward Barber. WIM 7 Iow 6</t>
   </si>
   <si>
     <t>#79 Christopher Inouye - RG</t>
   </si>
   <si>
     <t>#54 Jim Koester - LDE</t>
   </si>
   <si>
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>#71 Clement Butler - LDE</t>
   </si>
   <si>
     <t>#71 Joseph Dones - DT</t>
   </si>
   <si>
     <t>#77 David Jones - RDE</t>
   </si>
   <si>
     <t>(12:32) 8-Edward Barber kicks 75 yards from WIM 35 to Iow -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>1-10-Iow 25 (12:32) 8-James Myer pass complete to 19-Troy Shupe to Iow 32 for 7 yards. Tackle by 32-James Oliver.</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>Iow 32</t>
   </si>