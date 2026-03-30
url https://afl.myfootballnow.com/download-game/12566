--- v2 (2026-01-29)
+++ v3 (2026-03-30)
@@ -452,90 +452,90 @@
   <si>
     <t>#29 Allen Nichols - SS</t>
   </si>
   <si>
     <t>#32 Billie Bagwell - FS</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>Iow 29</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-18-Iow 29 (13:24) 8-James Myer pass incomplete, intended for 85-George Farrish.</t>
   </si>
   <si>
     <t>#41 Byron Shoulders - CB</t>
   </si>
   <si>
-    <t>#35 Carl Stewart - CB</t>
+    <t>#39 Carl Stewart - CB</t>
   </si>
   <si>
     <t>13:22</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>3-18-Iow 29 (13:23) 8-James Myer pass Pass knocked down by 44-Billie Bagwell. incomplete, intended for 85-George Farrish.</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
     <t>#51 Michael Brito - SLB</t>
   </si>
   <si>
     <t>13:19</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-18-Iow 29 (13:20) PENALTY - False Start (Iow 52-Peter Vincent)</t>
   </si>
   <si>
     <t>#18 Alvin Dunbar - P</t>
   </si>
   <si>
     <t>#44 John Hamilton - RB</t>
   </si>
   <si>
-    <t>#14 Jordan Sanford - WR</t>
+    <t>#80 Jordan Sanford - WR</t>
   </si>
   <si>
     <t>#81 Raymond Avera - WR</t>
   </si>
   <si>
     <t>#82 Jacob Hudson - WR</t>
   </si>
   <si>
     <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
     <t>#56 Raymond McClendon - SLB</t>
   </si>
   <si>
     <t>#55 William Branch - LG</t>
   </si>
   <si>
     <t>#68 Henry Reyes - C</t>
   </si>
   <si>
     <t>#75 Steve Torres - RG</t>
   </si>
   <si>
     <t>Iow 24</t>
   </si>
@@ -1190,51 +1190,51 @@
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>(8:47) 17-Jorge Robinson kicks 71 yards from Iow 35 to WIM -6. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-WIM 25 (8:47) 42-John Hamilton ran to WIM 24 for -1 yards. Tackle by 20-Daniel Keen.</t>
   </si>
   <si>
     <t>8:12</t>
   </si>
   <si>
     <t>2-11-WIM 24 (8:11) 42-John Hamilton ran for 76 yards. TOUCHDOWN! PENALTY - Holding (WIM 78-Lionel Hall)</t>
   </si>
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>2-9-WIM 26 (7:59) 10-David Jackson pass Pass knocked down by 46-Arthur Harris. incomplete, intended for 85-Joshua Peabody.</t>
   </si>
   <si>
-    <t>#28 Johnnie Bybee - RB</t>
+    <t>#24 Johnnie Bybee - RB</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>Strong I Big HB Off Tackle</t>
   </si>
   <si>
     <t>3-9-WIM 26 (7:56) 47-Thomas Stansberry ran to WIM 33 for 7 yards. Tackle by 41-Victor Blanco.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>WIM 33</t>
   </si>
   <si>
     <t>4-2-WIM 33 (7:19) 13-Joseph Tebo punts 48 yards to Iow 19. Fair Catch by 82-James Williams.</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>Iow 19</t>
   </si>
@@ -1415,51 +1415,51 @@
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 75 yards from Iow 35 to WIM -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-WIM 25 (15:00) 4-Homer Joines pass INTERCEPTED by 46-Arthur Harris at WIM 27. 46-Arthur Harris to WIM 27 for 0 yards. PENALTY - Holding (WIM 73-Thomas Griffin) (Declined)</t>
   </si>
   <si>
     <t>#4 Homer Joines - QB</t>
   </si>
   <si>
     <t>#53 Whitney Miracle - C</t>
   </si>
   <si>
     <t>#70 Mark Eaton - LT</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>1-10-WIM 27 (14:56) 39-Rosendo Smith ran to WIM 9 for 18 yards. Tackle by 94-Wesley Holt.</t>
   </si>
   <si>
     <t>#10 Richard Huff - QB</t>
   </si>
   <si>
-    <t>#92 Kevin Burton - LDE</t>
+    <t>#92 Kevin Burton - RDE</t>
   </si>
   <si>
     <t>WIM 9</t>
   </si>
   <si>
     <t>1-9-WIM 9 (14:10) 81-Charles Bjorklund ran to WIM 12 for -3 yards. Tackle by 94-Wesley Holt. Iow 82-James Williams was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#40 Charles Bjorklund - RB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>WIM 12</t>
   </si>
   <si>
     <t>2-12-WIM 12 (13:29) 81-Charles Bjorklund ran to WIM 7 for 5 yards. Tackle by 94-Wesley Holt.</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>WIM 7</t>
   </si>