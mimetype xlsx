--- v0 (2025-11-06)
+++ v1 (2026-01-10)
@@ -368,51 +368,51 @@
   <si>
     <t>#81 Christopher Sherman - TE</t>
   </si>
   <si>
     <t>#59 Julius Legg - LT</t>
   </si>
   <si>
     <t>#60 Troy Manuel - LG</t>
   </si>
   <si>
     <t>#61 Arturo Jackson - C</t>
   </si>
   <si>
     <t>#79 David Smith - RG</t>
   </si>
   <si>
     <t>#72 Rodolfo Webber - RT</t>
   </si>
   <si>
     <t>#99 Paul Barnett - LDE</t>
   </si>
   <si>
     <t>#53 Christopher Singleton - WLB</t>
   </si>
   <si>
-    <t>#91 Michael Smith - DT</t>
+    <t>#57 Michael Smith - DT</t>
   </si>
   <si>
     <t>#73 James Clay - RDE</t>
   </si>
   <si>
     <t>#56 Preston Gordon - MLB</t>
   </si>
   <si>
     <t>#55 Jason Thompson - MLB</t>
   </si>
   <si>
     <t>#58 Cory Rivera - WLB</t>
   </si>
   <si>
     <t>#29 Jason Taylor - CB</t>
   </si>
   <si>
     <t>#47 Thomas Patterson - CB</t>
   </si>
   <si>
     <t>#24 John Welliver - SS</t>
   </si>
   <si>
     <t>#26 John Christiansen - SS</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-10-AMM 19 (11:11) 8-Jeffrey Lester 37 yard field goal is GOOD. AMM 0 Tex 3</t>
   </si>
   <si>
     <t>#74 Robert Russell - C</t>
   </si>
   <si>
     <t>#11 Jeffrey Lester - K</t>
   </si>
   <si>
     <t>#50 David Henderson - C</t>
   </si>
   <si>
     <t>#78 Gregory Ward - RT</t>
   </si>
   <si>
-    <t>#54 Irwin Gore - RG</t>
+    <t>#51 Irwin Gore - RG</t>
   </si>
   <si>
     <t>#74 Gary Montoya - RG</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>(11:08) 8-Jeffrey Lester kicks 70 yards from Tex 35 to AMM -5. Touchback.</t>
   </si>
   <si>
     <t>#45 Abraham Reyes - RB</t>
   </si>
   <si>
     <t>#40 Alejandro Means - FB</t>
   </si>
   <si>
     <t>#70 Thomas Davis - RT</t>
   </si>
   <si>
     <t>#84 Jonathan McMillan - WR</t>
   </si>
   <si>
     <t>AMM 25</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>#97 Dennis Robinson - MLB</t>
   </si>
   <si>
     <t>#96 James Lawson - WLB</t>
   </si>
   <si>
     <t>#45 Joseph Abbott - CB</t>
   </si>
   <si>
     <t>#46 Christopher Long - SS</t>
   </si>
   <si>
     <t>10:30</t>
   </si>
   <si>
     <t>AMM 34</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-1-AMM 34 (10:29) PENALTY - False Start (AMM 68-Roger Odom)</t>
   </si>
   <si>
-    <t>#85 George Poole - TE</t>
+    <t>#85 George Poole - FB</t>
   </si>
   <si>
     <t>#85 Lorenzo Bridges - WR</t>
   </si>
   <si>
     <t>10:28</t>
   </si>
   <si>
     <t>AMM 29</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>2-6-AMM 29 (10:29) 5-Vincent Mack pass complete to 40-Alejandro Means to AMM 31 for 2 yards. Tackle by 56-Jay Rice.</t>
   </si>
   <si>
     <t>9:56</t>
   </si>
   <si>
     <t>AMM 31</t>
   </si>