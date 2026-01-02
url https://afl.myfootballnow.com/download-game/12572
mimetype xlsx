--- v0 (2025-11-03)
+++ v1 (2026-01-02)
@@ -356,51 +356,51 @@
   <si>
     <t>1-10-PHI 24 (14:56) 45-Jeff Kuo ran to PHI 23 for -2 yards. Tackle by 93-Justin Said.</t>
   </si>
   <si>
     <t>#9 Jason Barnett - QB</t>
   </si>
   <si>
     <t>#41 Dean Gray - RB</t>
   </si>
   <si>
     <t>#21 Steve Burns - FB</t>
   </si>
   <si>
     <t>#84 William Jones - TE</t>
   </si>
   <si>
     <t>#87 Ethan Moore - TE</t>
   </si>
   <si>
     <t>#70 Jeffrey Lirette - LT</t>
   </si>
   <si>
     <t>#63 Mikel Triana - RG</t>
   </si>
   <si>
-    <t>#73 Donald Gustafson - C</t>
+    <t>#64 Donald Gustafson - C</t>
   </si>
   <si>
     <t>#70 Nathaniel Richardson - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Hall - RT</t>
   </si>
   <si>
     <t>#71 David McNeil - LDE</t>
   </si>
   <si>
     <t>#74 Daniel Joseph - LDE</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
     <t>#95 Ronnie Battles - DT</t>
   </si>
   <si>
     <t>#93 Justin Said - LDE</t>
   </si>
   <si>
     <t>#98 Richard Lowe - MLB</t>
   </si>
@@ -422,51 +422,51 @@
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>PHI 23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-12-PHI 23 (14:21) 9-Jason Barnett pass Pass knocked down by 51-Shad Grier. incomplete, intended for 13-Randy Garcia.</t>
   </si>
   <si>
     <t>#11 Randy Garcia - WR</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
-    <t>#95 Shad Grier - MLB</t>
+    <t>#97 Shad Grier - MLB</t>
   </si>
   <si>
     <t>#24 Craig Gutierrez - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>3-12-PHI 23 (14:18) 9-Jason Barnett pass complete to 13-Randy Garcia to PHI 29 for 6 yards. Tackle by 24-Craig Gutierrez. PENALTY - Offsides (OAK 56-Jason Cano)</t>
   </si>
   <si>
     <t>#56 Jason Cano - DT</t>
   </si>
   <si>
     <t>#22 Fred Shook - FS</t>
   </si>
   <si>
     <t>14:14</t>
   </si>