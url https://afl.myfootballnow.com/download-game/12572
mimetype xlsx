--- v1 (2026-01-02)
+++ v2 (2026-02-01)
@@ -1385,51 +1385,51 @@
   <si>
     <t>12:39</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>2-20-PHI 31 (12:38) 6-Norman Cheshire sacked at PHI 25 for -6 yards (93-Justin Said). Sack allowed by 64-Fred Carter.</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>3-26-PHI 25 (12:02) 6-Norman Cheshire pass incomplete, dropped by 5-David Waller. Pressure by 93-Justin Said.</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>4-26-PHI 25 (11:57) 16-Mark Whiteman punts 49 yards to OAK 26. 82-Edward Schoch to OAK 41 for 15 yards. Tackle by 59-Richard Strand.</t>
   </si>
   <si>
-    <t>#41 Joseph Pace - RB</t>
+    <t>#29 Joseph Pace - RB</t>
   </si>
   <si>
     <t>#58 Tony Martin - C</t>
   </si>
   <si>
     <t>11:46</t>
   </si>
   <si>
     <t>OAK 41</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-OAK 41 (11:47) 3-Alvin Crocker pass incomplete, dropped by 25-Anthony Kirkham. That was a dangerous pass.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>2-10-OAK 41 (11:43) 3-Alvin Crocker pass Pass knocked down by 98-Thomas Reed. incomplete, intended for 66-Gerardo Howell. PENALTY - Pass Interference (PHI 98-Thomas Reed)</t>
   </si>
   <si>
     <t>11:39</t>
   </si>