--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -293,51 +293,51 @@
   <si>
     <t>COL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-John Boyd kicks 70 yards from COL 35 to BIR -5. Touchback.</t>
   </si>
   <si>
     <t>#14 Leslie Slattery - WR</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#37 George Schaller - CB</t>
   </si>
   <si>
-    <t>#94 Stephen Cohen - LDE</t>
+    <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#45 Ronald Guzman - CB</t>
   </si>
   <si>
     <t>#92 John Lewis - SLB</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
     <t>#13 John Boyd - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>COL 9</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-COL 9 (8:42) 1-Jimmy Boyden pass complete to 88-Brett Newcomb to COL 21 for 12 yards. Tackle by 24-Julio Ortega.</t>
   </si>
   <si>
     <t>#1 Jimmy Boyden - QB</t>
   </si>
   <si>
     <t>#12 James Patterson - RB</t>
   </si>
   <si>
     <t>#43 Edwin Schutt - FB</t>
   </si>
   <si>
     <t>#88 Brett Newcomb - WR</t>
   </si>
   <si>
-    <t>#11 Mathew Mueller - WR</t>
+    <t>#87 Mathew Mueller - WR</t>
   </si>
   <si>
     <t>#76 David Whitney - RG</t>
   </si>
   <si>
     <t>#78 Brian Arredondo - LG</t>
   </si>
   <si>
     <t>#60 Harold Meza - C</t>
   </si>
   <si>
     <t>#66 Richard Lau - RG</t>
   </si>
   <si>
     <t>#73 Frank Wood - RT</t>
   </si>
   <si>
     <t>#66 Wilbert Conners - LDE</t>
   </si>
   <si>
     <t>#73 Bruce Thoreson - DT</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
@@ -659,51 +659,51 @@
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>COL 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-COL 21 (7:56) PENALTY - False Start (COL 83-Robert Evers)</t>
   </si>
   <si>
     <t>#44 William Gonzales - FB</t>
   </si>
   <si>
     <t>#80 Leon Heap - TE</t>
   </si>
   <si>
     <t>#83 Robert Evers - TE</t>
   </si>
   <si>
-    <t>#74 Jose Damiani - LDE</t>
+    <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>COL 16</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-15-COL 16 (7:56) 1-Jimmy Boyden pass complete to 88-Brett Newcomb to COL 21 for 5 yards. Tackle by 45-Ronald Guzman.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>2-10-COL 21 (7:11) PENALTY - False Start (COL 73-Frank Wood)</t>
   </si>