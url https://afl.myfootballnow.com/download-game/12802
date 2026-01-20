--- v1 (2025-12-21)
+++ v2 (2026-01-20)
@@ -305,51 +305,51 @@
   <si>
     <t>#14 Leslie Slattery - WR</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#37 George Schaller - CB</t>
   </si>
   <si>
     <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#45 Ronald Guzman - CB</t>
   </si>
   <si>
-    <t>#92 John Lewis - SLB</t>
+    <t>#97 John Lewis - SLB</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
     <t>#13 John Boyd - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 9-Joe Callahan ran to BIR 24 for -1 yards. Tackle by 23-Dale Disalvo. 89-Robert McNear missed that block completely.</t>
   </si>
@@ -560,99 +560,99 @@
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-COL 47 (8:49) 4-Larry Lear punts 37 yards to COL 9. Fair Catch by 18-James Burton.</t>
   </si>
   <si>
     <t>#4 Larry Lear - P</t>
   </si>
   <si>
     <t>#18 James Burton - WR</t>
   </si>
   <si>
     <t>#99 Astin Riley - DT</t>
   </si>
   <si>
     <t>#34 Edward Kissee - CB</t>
   </si>
   <si>
     <t>#52 Alexander Iglesias - MLB</t>
   </si>
   <si>
     <t>#60 Richard Fernandez - C</t>
   </si>
   <si>
-    <t>#75 Collin McNamara - RT</t>
+    <t>#70 Collin McNamara - C</t>
   </si>
   <si>
     <t>#73 Trey Latham - LT</t>
   </si>
   <si>
     <t>#98 Bobby Corbin - DT</t>
   </si>
   <si>
     <t>#75 Alfred Adler - DT</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>COL 9</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-COL 9 (8:42) 1-Jimmy Boyden pass complete to 88-Brett Newcomb to COL 21 for 12 yards. Tackle by 24-Julio Ortega.</t>
   </si>
   <si>
     <t>#1 Jimmy Boyden - QB</t>
   </si>
   <si>
     <t>#12 James Patterson - RB</t>
   </si>
   <si>
     <t>#43 Edwin Schutt - FB</t>
   </si>
   <si>
     <t>#88 Brett Newcomb - WR</t>
   </si>
   <si>
     <t>#87 Mathew Mueller - WR</t>
   </si>
   <si>
     <t>#76 David Whitney - RG</t>
   </si>
   <si>
     <t>#78 Brian Arredondo - LG</t>
   </si>
   <si>
-    <t>#60 Harold Meza - C</t>
+    <t>#63 Harold Meza - C</t>
   </si>
   <si>
     <t>#66 Richard Lau - RG</t>
   </si>
   <si>
     <t>#73 Frank Wood - RT</t>
   </si>
   <si>
     <t>#66 Wilbert Conners - LDE</t>
   </si>
   <si>
     <t>#73 Bruce Thoreson - DT</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
     <t>#60 Keith Austin - RDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#24 Julio Ortega - CB</t>
   </si>
@@ -827,51 +827,51 @@
   <si>
     <t>3-10-BIR 20 (1:38) 12-James Patterson ran to BIR 11 for 9 yards. Tackle by 97-Ricky Stewart.</t>
   </si>
   <si>
     <t>1:01</t>
   </si>
   <si>
     <t>BIR 11</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-BIR 11 (1:00) 13-John Boyd 29 yard field goal is GOOD. BIR 0 COL 3</t>
   </si>
   <si>
     <t>#62 Arturo Erickson - LG</t>
   </si>
   <si>
     <t>#69 Rick Lichtenstein - RT</t>
   </si>
   <si>
-    <t>#90 Kevin Routh - RDE</t>
+    <t>#79 Kevin Routh - RDE</t>
   </si>
   <si>
     <t>#60 Lincoln Cox - RDE</t>
   </si>
   <si>
     <t>#63 James Morris - DT</t>
   </si>
   <si>
     <t>0:56</t>
   </si>
   <si>
     <t>(0:57) 13-John Boyd kicks 75 yards from COL 35 to BIR -10. Touchback.</t>
   </si>
   <si>
     <t>Split Backs Normal Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BIR 25 (0:57) 14-Lawrence Clack pass complete to 88-Cecil Khoury to BIR 33 for 8 yards. Tackle by 97-Jason Harnden. 88-Cecil Khoury did some fancy footwork there.</t>
   </si>
   <si>
     <t>0:11</t>
   </si>
@@ -1070,51 +1070,51 @@
   <si>
     <t>1-10-COL 47 (6:50) 12-James Patterson ran to COL 47 for a short loss. Tackle by 24-Julio Ortega.</t>
   </si>
   <si>
     <t>6:18</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-10-COL 47 (6:17) 1-Jimmy Boyden pass complete to 83-Robert Evers to BIR 32 for 21 yards.</t>
   </si>
   <si>
     <t>5:40</t>
   </si>
   <si>
     <t>BIR 32</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-BIR 32 (5:39) 1-Jimmy Boyden pass incomplete, dropped by 88-Brett Newcomb.</t>
   </si>
   <si>
-    <t>#35 Richard Martin - CB</t>
+    <t>#39 Richard Martin - CB</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Weak</t>
   </si>
   <si>
     <t>2-10-BIR 32 (5:35) 12-James Patterson ran to BIR 30 for 2 yards. Tackle by 44-Gregory Timmons.</t>
   </si>
   <si>
     <t>5:03</t>
   </si>
   <si>
     <t>BIR 30</t>
   </si>
   <si>
     <t>3-8-BIR 30 (5:02) 12-James Patterson ran to BIR 28 for 3 yards. Tackle by 44-Gregory Timmons.</t>
   </si>
   <si>
     <t>4:29</t>
   </si>
   <si>
     <t>BIR 28</t>
   </si>
@@ -2439,51 +2439,51 @@
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>