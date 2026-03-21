--- v2 (2026-01-20)
+++ v3 (2026-03-21)
@@ -296,69 +296,69 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 13-John Boyd kicks 70 yards from COL 35 to BIR -5. Touchback.</t>
   </si>
   <si>
     <t>#14 Leslie Slattery - WR</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#97 Ricky Stewart - RDE</t>
   </si>
   <si>
     <t>#37 George Schaller - CB</t>
   </si>
   <si>
     <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
-    <t>#55 Robert Price - LDE</t>
+    <t>#73 Robert Price - RDE</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#45 Ronald Guzman - CB</t>
   </si>
   <si>
     <t>#97 John Lewis - SLB</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#41 Kevin Scott - CB</t>
   </si>
   <si>
-    <t>#13 John Boyd - K</t>
+    <t>#6 John Boyd - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-BIR 25 (15:00) 9-Joe Callahan ran to BIR 24 for -1 yards. Tackle by 23-Dale Disalvo. 89-Robert McNear missed that block completely.</t>
   </si>
   <si>
     <t>#14 Lawrence Clack - QB</t>
   </si>
   <si>
     <t>#34 Steven Murry - RB</t>
   </si>
   <si>
     <t>#26 Joe Callahan - RB</t>
   </si>
@@ -545,162 +545,162 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>3-3-COL 38 (9:25) 14-Lawrence Clack sacked at COL 47 for -8 yards (91-Gregory Stone). Sack allowed by 67-Gary Anderson. 67-Gary Anderson totally missed that block.</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>COL 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-COL 47 (8:49) 4-Larry Lear punts 37 yards to COL 9. Fair Catch by 18-James Burton.</t>
   </si>
   <si>
     <t>#4 Larry Lear - P</t>
   </si>
   <si>
-    <t>#18 James Burton - WR</t>
+    <t>#89 James Burton - WR</t>
   </si>
   <si>
     <t>#99 Astin Riley - DT</t>
   </si>
   <si>
     <t>#34 Edward Kissee - CB</t>
   </si>
   <si>
     <t>#52 Alexander Iglesias - MLB</t>
   </si>
   <si>
     <t>#60 Richard Fernandez - C</t>
   </si>
   <si>
     <t>#70 Collin McNamara - C</t>
   </si>
   <si>
     <t>#73 Trey Latham - LT</t>
   </si>
   <si>
     <t>#98 Bobby Corbin - DT</t>
   </si>
   <si>
     <t>#75 Alfred Adler - DT</t>
   </si>
   <si>
     <t>8:41</t>
   </si>
   <si>
     <t>COL 9</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
   <si>
     <t>1-10-COL 9 (8:42) 1-Jimmy Boyden pass complete to 88-Brett Newcomb to COL 21 for 12 yards. Tackle by 24-Julio Ortega.</t>
   </si>
   <si>
     <t>#1 Jimmy Boyden - QB</t>
   </si>
   <si>
-    <t>#12 James Patterson - RB</t>
+    <t>#35 James Patterson - RB</t>
   </si>
   <si>
     <t>#43 Edwin Schutt - FB</t>
   </si>
   <si>
-    <t>#88 Brett Newcomb - WR</t>
+    <t>#87 Brett Newcomb - WR</t>
   </si>
   <si>
     <t>#87 Mathew Mueller - WR</t>
   </si>
   <si>
     <t>#76 David Whitney - RG</t>
   </si>
   <si>
     <t>#78 Brian Arredondo - LG</t>
   </si>
   <si>
     <t>#63 Harold Meza - C</t>
   </si>
   <si>
     <t>#66 Richard Lau - RG</t>
   </si>
   <si>
     <t>#73 Frank Wood - RT</t>
   </si>
   <si>
-    <t>#66 Wilbert Conners - LDE</t>
+    <t>#99 Wilbert Conners - DT</t>
   </si>
   <si>
     <t>#73 Bruce Thoreson - DT</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
     <t>#60 Keith Austin - RDE</t>
   </si>
   <si>
     <t>#44 Gregory Timmons - WLB</t>
   </si>
   <si>
     <t>#24 Julio Ortega - CB</t>
   </si>
   <si>
     <t>7:57</t>
   </si>
   <si>
     <t>COL 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-COL 21 (7:56) PENALTY - False Start (COL 83-Robert Evers)</t>
   </si>
   <si>
     <t>#44 William Gonzales - FB</t>
   </si>
   <si>
-    <t>#80 Leon Heap - TE</t>
-[...2 lines deleted...]
-    <t>#83 Robert Evers - TE</t>
+    <t>#81 Leon Heap - TE</t>
+  </si>
+  <si>
+    <t>#84 Robert Evers - TE</t>
   </si>
   <si>
     <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>7:55</t>
   </si>
   <si>
     <t>COL 16</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>1-15-COL 16 (7:56) 1-Jimmy Boyden pass complete to 88-Brett Newcomb to COL 21 for 5 yards. Tackle by 45-Ronald Guzman.</t>
   </si>
   <si>
     <t>7:12</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -1457,51 +1457,51 @@
   <si>
     <t>1-10-COL 37 (3:27) 1-Jimmy Boyden pass complete to 11-Mathew Mueller to BIR 1 for 63 yards. Tackle by 24-Julio Ortega. BIR 97-Ricky Stewart was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>BIR 1</t>
   </si>
   <si>
     <t>1-1-BIR 1 (2:46) 20-Jonathan Rodriguez ran to BIR 2 for -2 yards. Tackle by 35-Richard Martin.</t>
   </si>
   <si>
     <t>2:03</t>
   </si>
   <si>
     <t>BIR 2</t>
   </si>
   <si>
     <t>Strong I Normal HB Sweep Strong</t>
   </si>
   <si>
     <t>2-2-BIR 2 (2:02) 20-Jonathan Rodriguez ran to BIR 0 for 2 yards. Tackle by 99-Robert Price.</t>
   </si>
   <si>
-    <t>#84 Antonio Quillen - WR</t>
+    <t>#11 Antonio Quillen - WR</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>BIR 0</t>
   </si>
   <si>
     <t>3-1-BIR 0 (1:28) 20-Jonathan Rodriguez ran for 0 yards. TOUCHDOWN! BIR 10 COL 12</t>
   </si>
   <si>
     <t>1:26</t>
   </si>
   <si>
     <t>BIR 15</t>
   </si>
   <si>
     <t>(1:27) Extra point GOOD by 13-John Boyd. BIR 10 COL 13</t>
   </si>
   <si>
     <t>(1:27) 13-John Boyd kicks 73 yards from COL 35 to BIR -8. 34-Leslie Slattery to BIR 21 for 29 yards. Tackle by 34-Edward Kissee.</t>
   </si>
   <si>
     <t>1:21</t>
   </si>
@@ -2392,97 +2392,97 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="311.353" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>