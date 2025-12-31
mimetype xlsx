--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -359,51 +359,51 @@
   <si>
     <t>#5 Christopher Russell - QB</t>
   </si>
   <si>
     <t>#35 Ivan Keith - RB</t>
   </si>
   <si>
     <t>#48 Harry Nowak - FB</t>
   </si>
   <si>
     <t>#82 Nicholas Cunningham - TE</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
-    <t>#61 Allen Hathaway - C</t>
+    <t>#58 Allen Hathaway - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#78 James Torres - RT</t>
   </si>
   <si>
     <t>#60 Frank Najar - LDE</t>
   </si>
   <si>
     <t>#65 William Root - DT</t>
   </si>
   <si>
     <t>#64 Nicholas McIntyre - RDE</t>
   </si>
   <si>
     <t>#58 Darrell Pollard - SLB</t>
   </si>
   <si>
     <t>#95 Christopher Hendrix - MLB</t>
   </si>
   <si>
     <t>#50 William Hickman - MLB</t>
   </si>
@@ -467,51 +467,51 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-NYT 39 (13:01) 5-Christopher Russell pass complete to 16-Robert Brett to NYT 9 for 30 yards. Tackle by 25-Patrick Harrington.</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>NYT 9</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-9-NYT 9 (12:22) 24-Andrew Luna ran to NYT 7 for 2 yards. Tackle by 95-Christopher Hendrix.</t>
   </si>
   <si>
     <t>#24 Andrew Luna - FB</t>
   </si>
   <si>
-    <t>#36 Lawrence Bailey - FB</t>
+    <t>#30 Lawrence Bailey - FB</t>
   </si>
   <si>
     <t>#86 Kenneth Goins - TE</t>
   </si>
   <si>
     <t>#75 Donald Richardson - LDE</t>
   </si>
   <si>
     <t>#31 Mark Rodriguez - FS</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>NYT 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-7-NYT 7 (11:37) 35-Ivan Keith ran to NYT 4 for 3 yards. Tackle by 95-Christopher Hendrix.</t>
   </si>
   <si>
     <t>11:04</t>
   </si>