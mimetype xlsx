--- v1 (2025-12-31)
+++ v2 (2026-01-30)
@@ -590,51 +590,51 @@
   <si>
     <t>#83 Felix Pursell - WR</t>
   </si>
   <si>
     <t>#17 Steven Howe - WR</t>
   </si>
   <si>
     <t>#16 Brian Vaught - WR</t>
   </si>
   <si>
     <t>#66 Jody Young - C</t>
   </si>
   <si>
     <t>#50 Tony Heath - LG</t>
   </si>
   <si>
     <t>#70 William Breaux - C</t>
   </si>
   <si>
     <t>#51 Kristopher Long - RG</t>
   </si>
   <si>
     <t>#53 James Atchison - RT</t>
   </si>
   <si>
-    <t>#58 Jack Shuff - WLB</t>
+    <t>#57 Jack Shuff - WLB</t>
   </si>
   <si>
     <t>#47 David Staples - CB</t>
   </si>
   <si>
     <t>#32 John Neeley - FS</t>
   </si>
   <si>
     <t>#40 Chadwick Douglas - SS</t>
   </si>
   <si>
     <t>9:32</t>
   </si>
   <si>
     <t>NYT 46</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-NYT 46 (9:31) 8-Richard Glenn pass complete to 14-Felix Pursell to NYT 48 for 2 yards. Tackle by 39-Nathaniel McHenry.</t>
   </si>