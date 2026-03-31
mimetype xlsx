--- v2 (2026-01-30)
+++ v3 (2026-03-31)
@@ -368,51 +368,51 @@
   <si>
     <t>#82 Nicholas Cunningham - TE</t>
   </si>
   <si>
     <t>#83 Bruce Camper - WR</t>
   </si>
   <si>
     <t>#12 Robert Brett - WR</t>
   </si>
   <si>
     <t>#72 Randy Kelley - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
     <t>#58 Allen Hathaway - C</t>
   </si>
   <si>
     <t>#70 Kenneth Forbes - RG</t>
   </si>
   <si>
     <t>#78 James Torres - RT</t>
   </si>
   <si>
-    <t>#60 Frank Najar - LDE</t>
+    <t>#78 Frank Najar - LDE</t>
   </si>
   <si>
     <t>#65 William Root - DT</t>
   </si>
   <si>
     <t>#64 Nicholas McIntyre - RDE</t>
   </si>
   <si>
     <t>#58 Darrell Pollard - SLB</t>
   </si>
   <si>
     <t>#95 Christopher Hendrix - MLB</t>
   </si>
   <si>
     <t>#50 William Hickman - MLB</t>
   </si>
   <si>
     <t>#55 Brian Ly - WLB</t>
   </si>
   <si>
     <t>#49 Richard Cruickshank - CB</t>
   </si>
   <si>
     <t>#25 Patrick Harrington - CB</t>
   </si>