--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -296,51 +296,51 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Michael Scott kicks 75 yards from TBY 35 to NEW -10. Touchback.</t>
   </si>
   <si>
     <t>#32 Kyle Hodges - RB</t>
   </si>
   <si>
     <t>#55 George Trahan - MLB</t>
   </si>
   <si>
     <t>#49 Craig Long - CB</t>
   </si>
   <si>
     <t>#51 Harrison Snow - WLB</t>
   </si>
   <si>
     <t>#91 Ralph Olson - WLB</t>
   </si>
   <si>
-    <t>#93 James Salmeron - MLB</t>
+    <t>#92 James Salmeron - MLB</t>
   </si>
   <si>
     <t>#36 Foster Stiffler - CB</t>
   </si>
   <si>
     <t>#46 Jon Bracey - CB</t>
   </si>
   <si>
     <t>#95 Roger Dancer - RDE</t>
   </si>
   <si>
     <t>#57 Richard Ball - WLB</t>
   </si>
   <si>
     <t>#41 Donald Rubin - CB</t>
   </si>
   <si>
     <t>#17 Michael Scott - K</t>
   </si>
   <si>
     <t>NEW</t>
   </si>
   <si>
     <t>NEW 25</t>
   </si>
@@ -452,51 +452,51 @@
   <si>
     <t>3-10-NEW 25 (13:39) 32-Kyle Hodges ran to NEW 32 for 7 yards. Tackle by 24-Nicholas Jamison.</t>
   </si>
   <si>
     <t>#83 Roger Lass - WR</t>
   </si>
   <si>
     <t>#37 Nicholas Jamison - CB</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>NEW 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-NEW 32 (12:57)</t>
   </si>
   <si>
-    <t>#17 Ronald Hall - P</t>
+    <t>#6 Ronald Hall - P</t>
   </si>
   <si>
     <t>#82 Kenneth London - TE</t>
   </si>
   <si>
     <t>#41 Christopher Phillips - RB</t>
   </si>
   <si>
     <t>#94 Freddy Jorgensen - DT</t>
   </si>
   <si>
     <t>#58 Orville Minton - SLB</t>
   </si>
   <si>
     <t>#83 Pedro Cedillo - TE</t>
   </si>
   <si>
     <t>#62 Christopher Ritchey - C</t>
   </si>
   <si>
     <t>#67 Weston Garcia - DT</t>
   </si>
   <si>
     <t>#60 James Gadsden - RDE</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>TBY 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 16 (12:48) 23-Bradly Rios ran to TBY 14 for -1 yards. Tackle by 55-George Trahan.</t>
   </si>
   <si>
     <t>#9 Joshua Baker - QB</t>
   </si>
   <si>
     <t>#24 Bradly Rios - RB</t>
   </si>
   <si>
     <t>#32 Harold Schreiner - FB</t>
   </si>
   <si>
     <t>#80 Clarence Williamson - TE</t>
   </si>
   <si>
-    <t>#60 Leroy Coster - C</t>
+    <t>#63 Leroy Coster - C</t>
   </si>
   <si>
     <t>#73 Steven Wells - LG</t>
   </si>
   <si>
     <t>#78 Joshua Yarbrough - C</t>
   </si>
   <si>
     <t>#77 David White - RG</t>
   </si>
   <si>
     <t>#70 Michael Peoples - RT</t>
   </si>
   <si>
     <t>#99 Jerry Smith - DT</t>
   </si>
   <si>
     <t>#91 Brandon Lira - DT</t>
   </si>
   <si>
     <t>#94 Peter Gorrell - RDE</t>
   </si>
   <si>
     <t>12:16</t>
   </si>