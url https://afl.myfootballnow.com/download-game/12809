--- v1 (2025-12-25)
+++ v2 (2026-03-26)
@@ -461,141 +461,141 @@
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>NEW 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-NEW 32 (12:57)</t>
   </si>
   <si>
     <t>#6 Ronald Hall - P</t>
   </si>
   <si>
     <t>#82 Kenneth London - TE</t>
   </si>
   <si>
     <t>#41 Christopher Phillips - RB</t>
   </si>
   <si>
-    <t>#94 Freddy Jorgensen - DT</t>
+    <t>#99 Freddy Jorgensen - DT</t>
   </si>
   <si>
     <t>#58 Orville Minton - SLB</t>
   </si>
   <si>
     <t>#83 Pedro Cedillo - TE</t>
   </si>
   <si>
     <t>#62 Christopher Ritchey - C</t>
   </si>
   <si>
     <t>#67 Weston Garcia - DT</t>
   </si>
   <si>
     <t>#60 James Gadsden - RDE</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>TBY 16</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-TBY 16 (12:48) 23-Bradly Rios ran to TBY 14 for -1 yards. Tackle by 55-George Trahan.</t>
   </si>
   <si>
     <t>#9 Joshua Baker - QB</t>
   </si>
   <si>
     <t>#24 Bradly Rios - RB</t>
   </si>
   <si>
     <t>#32 Harold Schreiner - FB</t>
   </si>
   <si>
     <t>#80 Clarence Williamson - TE</t>
   </si>
   <si>
     <t>#63 Leroy Coster - C</t>
   </si>
   <si>
-    <t>#73 Steven Wells - LG</t>
+    <t>#64 Steven Wells - LG</t>
   </si>
   <si>
     <t>#78 Joshua Yarbrough - C</t>
   </si>
   <si>
     <t>#77 David White - RG</t>
   </si>
   <si>
     <t>#70 Michael Peoples - RT</t>
   </si>
   <si>
     <t>#99 Jerry Smith - DT</t>
   </si>
   <si>
     <t>#91 Brandon Lira - DT</t>
   </si>
   <si>
     <t>#94 Peter Gorrell - RDE</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>TBY 14</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-11-TBY 14 (12:15) 41-Christopher Phillips ran to TBY 25 for 11 yards. Tackle by 20-Glenn Lazo.</t>
   </si>
   <si>
     <t>#10 Tom Vansant - WR</t>
   </si>
   <si>
     <t>#21 James Wise - RB</t>
   </si>
   <si>
-    <t>#16 Brandon Cabrales - WR</t>
+    <t>#17 Brandon Cabrales - WR</t>
   </si>
   <si>
     <t>#20 Glenn Lazo - FS</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-1-TBY 25 (11:31) 23-Bradly Rios ran to TBY 24 for -1 yards. Tackle by 46-Jon Bracey.</t>
   </si>
   <si>
     <t>11:00</t>
   </si>
   <si>
     <t>TBY 24</t>
   </si>
@@ -893,51 +893,51 @@
   <si>
     <t>3-9-NEW 23 (13:03) 23-Bradly Rios ran to NEW 17 for 5 yards. Tackle by 68-Peter Gorrell.</t>
   </si>
   <si>
     <t>12:27</t>
   </si>
   <si>
     <t>NEW 17</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-NEW 17 (12:26) 4-Michael Scott 36 yard field goal is GOOD. TBY 3 NEW 0</t>
   </si>
   <si>
     <t>#59 Christopher Kendall - RT</t>
   </si>
   <si>
     <t>#52 Douglas Strickland - MLB</t>
   </si>
   <si>
-    <t>#76 Michael Gentile - RDE</t>
+    <t>#76 Michael Gentile - DT</t>
   </si>
   <si>
     <t>12:22</t>
   </si>
   <si>
     <t>(12:23) 4-Michael Scott kicks 75 yards from TBY 35 to NEW -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>1-10-NEW 25 (12:23) 32-Kyle Hodges ran to NEW 27 for 2 yards. Tackle by 43-Andre Burnett.</t>
   </si>
   <si>
     <t>11:38</t>
   </si>
   <si>
     <t>NEW 27</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>2-8-NEW 27 (11:37) 18-William Williams pass complete to 32-Kyle Hodges to NEW 36 for 9 yards. Tackle by 97-Christopher Hughes. TBY 65-Levi Giddings was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2072,97 +2072,97 @@
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="321.921" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>