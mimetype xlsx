--- v0 (2025-10-29)
+++ v1 (2025-12-27)
@@ -290,51 +290,51 @@
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 74 yards from Iow 35 to OAK -9. 82-Edward Schoch to OAK 16 for 26 yards. Tackle by 22-Jimmy Hockett.</t>
   </si>
   <si>
     <t>#82 Edward Schoch - WR</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
-    <t>#49 Timothy Kelleher - SS</t>
+    <t>#58 Timothy Kelleher - SLB</t>
   </si>
   <si>
     <t>#56 Jason Cano - DT</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
     <t>#93 Justin Said - LDE</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#94 Milo Glennon - SLB</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
@@ -1247,51 +1247,51 @@
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>Iow 7</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-Iow 7 (2:00) 8-Homer Matus 24 yard field goal is GOOD. OAK 3 Iow 0</t>
   </si>
   <si>
     <t>#8 Homer Matus - K</t>
   </si>
   <si>
     <t>#75 Jose Price - RT</t>
   </si>
   <si>
     <t>#94 Jason Quinn - RDE</t>
   </si>
   <si>
-    <t>#75 Joseph Dones - DT</t>
+    <t>#71 Joseph Dones - DT</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>(1:58) 8-Homer Matus kicks 74 yards from OAK 35 to Iow -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-Iow 25 (1:58) 21-William Barrios ran to Iow 28 for 3 yards. Tackle by 48-Timothy Kelleher.</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>Iow 28</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-Iow 28 (1:24) 39-Rosendo Smith ran to Iow 26 for -2 yards. Tackle by 96-Tommie Nunez.</t>
   </si>
@@ -2359,67 +2359,67 @@
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>