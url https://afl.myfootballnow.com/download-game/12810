--- v1 (2025-12-27)
+++ v2 (2026-01-27)
@@ -290,51 +290,51 @@
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 74 yards from Iow 35 to OAK -9. 82-Edward Schoch to OAK 16 for 26 yards. Tackle by 22-Jimmy Hockett.</t>
   </si>
   <si>
     <t>#82 Edward Schoch - WR</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
-    <t>#58 Timothy Kelleher - SLB</t>
+    <t>#58 Timothy Kelleher - WLB</t>
   </si>
   <si>
     <t>#56 Jason Cano - DT</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
     <t>#93 Justin Said - LDE</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#94 Milo Glennon - SLB</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#96 Jerry Tovar - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#93 Frank Johnson - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>
   <si>
     <t>#47 David Bednar - CB</t>
   </si>
   <si>
     <t>#44 Randall Martinez - SS</t>
   </si>
   <si>
-    <t>#41 Victor Blanco - FS</t>
+    <t>#31 Victor Blanco - FS</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>OAK 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>2-7-OAK 18 (14:18) 14-Karl Nokes pass complete to 25-Anthony Kirkham to OAK 26 for 7 yards. Pushed out of bounds by 53-James Juarez.</t>
   </si>
   <si>
     <t>#86 Stephen Wilkinson - WR</t>
   </si>
   <si>
     <t>#50 Jeffrey Madden - C</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
@@ -491,51 +491,51 @@
   <si>
     <t>#30 Michael Behling - RB</t>
   </si>
   <si>
     <t>#26 Charles Hood - RB</t>
   </si>
   <si>
     <t>#66 Gerardo Howell - TE</t>
   </si>
   <si>
     <t>#17 Jesse Mowery - WR</t>
   </si>
   <si>
     <t>#77 David Jones - RDE</t>
   </si>
   <si>
     <t>#99 Bert Destefano - SLB</t>
   </si>
   <si>
     <t>#98 Justin Heal - MLB</t>
   </si>
   <si>
     <t>#51 James Mielke - WLB</t>
   </si>
   <si>
-    <t>#24 Larry Cash - CB</t>
+    <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#46 Arthur Harris - CB</t>
   </si>
   <si>
     <t>#42 James Duran - SS</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>Iow 44</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>2-6-Iow 44 (11:32) 30-Michael Behling ran to Iow 46 for -2 yards. Tackle by 70-William Gray.</t>
   </si>
   <si>
     <t>10:51</t>
   </si>
@@ -575,51 +575,51 @@
   <si>
     <t>10:39</t>
   </si>
   <si>
     <t>Iow 6</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-Iow 6 (10:40) 8-James Myer pass complete to 85-George Farrish to Iow 11 for 5 yards. Tackle by 53-James Reyes. 85-George Farrish did some fancy footwork there.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
-    <t>#85 George Farrish - TE</t>
+    <t>#83 George Farrish - TE</t>
   </si>
   <si>
     <t>#10 Willie Luse - WR</t>
   </si>
   <si>
     <t>#19 Troy Shupe - WR</t>
   </si>
   <si>
     <t>#60 Peter Vincent - LT</t>
   </si>
   <si>
     <t>#78 Forrest Myers - LG</t>
   </si>
   <si>
     <t>#60 Guy Chang - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>
   <si>
     <t>#71 David McNeil - LDE</t>
   </si>
@@ -824,51 +824,51 @@
   <si>
     <t>4-11-OAK 36 (4:47) 5-William Jones punts 47 yards to Iow 17. Fair Catch by 82-James Williams. OAK 64-James Samson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-Iow 17 (4:40) 8-James Myer pass complete to 86-Ralph Pierce to Iow 27 for 10 yards. Tackle by 53-James Reyes. PENALTY - Pass Interference (OAK 48-Timothy Kelleher) (Declined)</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-Iow 27 (4:36) 8-James Myer pass complete to 85-George Farrish to Iow 33 for 5 yards. Tackle by 96-Tommie Nunez.</t>
   </si>
   <si>
-    <t>#95 Shad Grier - MLB</t>
+    <t>#97 Shad Grier - MLB</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>Iow 33</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>2-5-Iow 33 (4:01) 8-James Myer pass incomplete, intended for 10-Willie Luse.</t>
   </si>
   <si>
     <t>3:58</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>3-5-Iow 33 (3:59) 8-James Myer pass Pass knocked down by 98-Nicholas Gold. incomplete, intended for 21-William Barrios. OAK 71-David McNeil was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
@@ -1010,51 +1010,51 @@
   <si>
     <t>1-10-Iow 37 (12:54) 8-James Myer pass complete to 86-Ralph Pierce to Iow 40 for 3 yards. Tackle by 51-Shad Grier. Great move by 86-Ralph Pierce to get free of his coverage.</t>
   </si>
   <si>
     <t>12:16</t>
   </si>
   <si>
     <t>Iow 40</t>
   </si>
   <si>
     <t>2-7-Iow 40 (12:15) 8-James Myer pass incomplete, intended for 21-William Barrios.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Short Zone</t>
   </si>
   <si>
     <t>3-7-Iow 40 (12:12) 8-James Myer pass complete to 12-Michael Hopkins to Iow 42 for 2 yards. Tackle by 90-Randy Light.</t>
   </si>
   <si>
-    <t>#88 Jason Weibel - WR</t>
+    <t>#16 Jason Weibel - WR</t>
   </si>
   <si>
     <t>#12 Michael Hopkins - WR</t>
   </si>
   <si>
     <t>11:35</t>
   </si>
   <si>
     <t>Iow 42</t>
   </si>
   <si>
     <t>4-5-Iow 42 (11:34) 18-Alvin Dunbar punts 45 yards to OAK 14. Fair Catch by 48-Timothy Kelleher.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>OAK 14</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-OAK 14 (11:28) 14-Karl Nokes pass Pass knocked down by 24-Larry Cash. incomplete, intended for 10-Jonathan Boivin.</t>
   </si>
@@ -1244,51 +1244,51 @@
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>Iow 7</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-Iow 7 (2:00) 8-Homer Matus 24 yard field goal is GOOD. OAK 3 Iow 0</t>
   </si>
   <si>
     <t>#8 Homer Matus - K</t>
   </si>
   <si>
     <t>#75 Jose Price - RT</t>
   </si>
   <si>
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>#71 Joseph Dones - DT</t>
   </si>
   <si>
     <t>1:57</t>
   </si>
   <si>
     <t>OAK 35</t>
   </si>
   <si>
     <t>(1:58) 8-Homer Matus kicks 74 yards from OAK 35 to Iow -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-Iow 25 (1:58) 21-William Barrios ran to Iow 28 for 3 yards. Tackle by 48-Timothy Kelleher.</t>
   </si>
   <si>
     <t>1:25</t>
   </si>
   <si>
     <t>Iow 28</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>