--- v2 (2026-01-27)
+++ v3 (2026-03-28)
@@ -290,51 +290,51 @@
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 74 yards from Iow 35 to OAK -9. 82-Edward Schoch to OAK 16 for 26 yards. Tackle by 22-Jimmy Hockett.</t>
   </si>
   <si>
     <t>#82 Edward Schoch - WR</t>
   </si>
   <si>
     <t>#89 Thomas Tiernan - WR</t>
   </si>
   <si>
     <t>#91 Julius Taylor - DT</t>
   </si>
   <si>
-    <t>#58 Timothy Kelleher - WLB</t>
+    <t>#96 Timothy Kelleher - DT</t>
   </si>
   <si>
     <t>#56 Jason Cano - DT</t>
   </si>
   <si>
     <t>#67 Randy Light - DT</t>
   </si>
   <si>
     <t>#93 Justin Said - LDE</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#94 Milo Glennon - SLB</t>
   </si>
   <si>
     <t>#98 Nicholas Gold - SLB</t>
   </si>
   <si>
     <t>#76 Victor Bloomer - RDE</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
@@ -356,54 +356,54 @@
   <si>
     <t>1-10-OAK 16 (14:57) 14-Karl Nokes pass complete to 49-Allen Tosh to OAK 18 for 3 yards. Tackle by 48-Jeffery Skinner. 49-Allen Tosh breaks down the CB.</t>
   </si>
   <si>
     <t>#6 Karl Nokes - QB</t>
   </si>
   <si>
     <t>#30 Anthony Kirkham - RB</t>
   </si>
   <si>
     <t>#49 Allen Tosh - FB</t>
   </si>
   <si>
     <t>#85 Brandon Egerton - TE</t>
   </si>
   <si>
     <t>#14 Jonathan Boivin - WR</t>
   </si>
   <si>
     <t>#69 Jimmie Seay - RT</t>
   </si>
   <si>
     <t>#81 David Jarnigan - TE</t>
   </si>
   <si>
-    <t>#73 Bo Deloach - C</t>
-[...2 lines deleted...]
-    <t>#60 Harry Escobar - RG</t>
+    <t>#69 Bo Deloach - C</t>
+  </si>
+  <si>
+    <t>#61 Harry Escobar - RG</t>
   </si>
   <si>
     <t>#50 Gabriel Brady - RT</t>
   </si>
   <si>
     <t>#71 Clement Butler - LDE</t>
   </si>
   <si>
     <t>#56 John Koffler - DT</t>
   </si>
   <si>
     <t>#96 Jerry Tovar - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#93 Frank Johnson - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
@@ -2359,67 +2359,67 @@
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="51" max="51" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>