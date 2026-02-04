--- v0 (2026-01-07)
+++ v1 (2026-02-04)
@@ -455,51 +455,51 @@
   <si>
     <t>#59 Craig Bailey - LG</t>
   </si>
   <si>
     <t>#50 Alfred Fletcher - RG</t>
   </si>
   <si>
     <t>#94 Earl Hausman - MLB</t>
   </si>
   <si>
     <t>#77 Paul Williams - LDE</t>
   </si>
   <si>
     <t>#56 Robert Diaz - WLB</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>(14:51) 16-Thomas Collins kicks 69 yards from DAY 35 to BOI -4. 23-Paul Knox to BOI 37 for 41 yards. Tackle by 54-Mark Lee. DAY 54-Mark Lee was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#23 Paul Knox - RB</t>
   </si>
   <si>
-    <t>#24 Edgar Bell - SS</t>
+    <t>#48 Edgar Bell - CB</t>
   </si>
   <si>
     <t>#30 Scott Perez - FS</t>
   </si>
   <si>
     <t>#20 Antonio Reardon - RB</t>
   </si>
   <si>
     <t>14:43</t>
   </si>
   <si>
     <t>BOI 37</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BOI 37 (14:44) 26-Michael Maldonado ran to BOI 35 for -2 yards. Tackle by 90-Arthur Counts.</t>
   </si>
   <si>
     <t>#12 Jerry Downing - QB</t>
   </si>