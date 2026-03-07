--- v1 (2026-02-04)
+++ v2 (2026-03-07)
@@ -341,51 +341,51 @@
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 9-Peter Hoyt pass complete to 85-Raymond Graham for 75 yards. TOUCHDOWN! BOI 0 DAY 6</t>
   </si>
   <si>
     <t>#9 Peter Hoyt - QB</t>
   </si>
   <si>
     <t>#21 Matthew Parsons - WR</t>
   </si>
   <si>
     <t>#43 Harold Kennedy - FB</t>
   </si>
   <si>
-    <t>#82 Daniel Hickman - TE</t>
+    <t>#86 Daniel Hickman - WR</t>
   </si>
   <si>
     <t>#80 Steven Webster - WR</t>
   </si>
   <si>
     <t>#85 Raymond Graham - WR</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>#53 Gabriel Barnett - C</t>
   </si>
   <si>
     <t>#74 Arthur Haile - RG</t>
   </si>
   <si>
     <t>#62 Williams Benz - RT</t>
   </si>
   <si>
     <t>#74 David Johnson - LDE</t>
   </si>
@@ -395,51 +395,51 @@
   <si>
     <t>#60 Louis Holmes - LDE</t>
   </si>
   <si>
     <t>#63 Brian Lucero - RDE</t>
   </si>
   <si>
     <t>#95 Larry Clark - SLB</t>
   </si>
   <si>
     <t>#58 Clyde Garcia - MLB</t>
   </si>
   <si>
     <t>#68 David Moore - WLB</t>
   </si>
   <si>
     <t>#33 Mark Young - CB</t>
   </si>
   <si>
     <t>#48 Robert Jeffcoat - CB</t>
   </si>
   <si>
     <t>#50 Kerry Hoover - SLB</t>
   </si>
   <si>
-    <t>#42 Neal Jarboe - FS</t>
+    <t>#42 Neal Jarboe - SS</t>
   </si>
   <si>
     <t>14:50</t>
   </si>
   <si>
     <t>BOI 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:51) Extra point GOOD by 16-Thomas Collins. BOI 0 DAY 7</t>
   </si>
   <si>
     <t>#13 Michael Fisher - QB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>