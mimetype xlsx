--- v0 (2025-10-14)
+++ v1 (2026-02-13)
@@ -302,60 +302,60 @@
   <si>
     <t>(15:00) 7-James Poteet kicks 74 yards from DAK 35 to Iow -9. Touchback.</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#42 James Duran - SS</t>
   </si>
   <si>
     <t>#51 James Mielke - WLB</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
   <si>
     <t>#46 Arthur Harris - CB</t>
   </si>
   <si>
     <t>#44 Randall Martinez - SS</t>
   </si>
   <si>
-    <t>#24 Larry Cash - CB</t>
+    <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
   <si>
     <t>#47 David Bednar - CB</t>
   </si>
   <si>
-    <t>#41 Victor Blanco - FS</t>
+    <t>#31 Victor Blanco - FS</t>
   </si>
   <si>
     <t>#7 James Poteet - K</t>
   </si>
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>3-4 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-Iow 25 (15:00) 21-William Barrios ran to Iow 36 for 11 yards. Tackle by 99-Lawrence Boyd.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
@@ -443,165 +443,165 @@
   <si>
     <t>#25 Alvin Robinson - MLB</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>DAK 49</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-DAK 49 (13:43) 8-James Myer pass incomplete, intended for 89-Harold Cano.</t>
   </si>
   <si>
     <t>#91 Michael Butler - MLB</t>
   </si>
   <si>
     <t>#55 Jerry Myers - WLB</t>
   </si>
   <si>
     <t>#23 Douglas Shriver - CB</t>
   </si>
   <si>
-    <t>#30 Oliver Mayes - CB</t>
+    <t>#21 Oliver Mayes - CB</t>
   </si>
   <si>
     <t>#43 Larry McLean - CB</t>
   </si>
   <si>
     <t>#49 James Hendricks - FS</t>
   </si>
   <si>
     <t>13:40</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>2-10-DAK 49 (13:41) 8-James Myer pass complete to 39-Rosendo Smith to DAK 48 for 1 yards. Tackle by 49-James Hendricks.</t>
   </si>
   <si>
     <t>#12 Michael Hopkins - WR</t>
   </si>
   <si>
-    <t>#88 Jason Weibel - WR</t>
+    <t>#16 Jason Weibel - WR</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>DAK 48</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>3-9-DAK 48 (13:04) 8-James Myer pass complete to 82-James Williams to DAK 42 for 6 yards. Tackle by 41-Gary Grove.</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>DAK 42</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-DAK 42 (12:31) 18-Alvin Dunbar punts 36 yards to DAK 6.</t>
   </si>
   <si>
     <t>#18 Alvin Dunbar - P</t>
   </si>
   <si>
     <t>#26 Lee Savage - RB</t>
   </si>
   <si>
     <t>#90 Carl Jepsen - RDE</t>
   </si>
   <si>
     <t>#55 William Branch - LG</t>
   </si>
   <si>
     <t>#68 Henry Reyes - C</t>
   </si>
   <si>
-    <t>#56 Steve Torres - RG</t>
+    <t>#75 Steve Torres - RG</t>
   </si>
   <si>
     <t>#65 Harry Waddell - LT</t>
   </si>
   <si>
     <t>#52 John Johnson - DT</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>DAK 6</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-DAK 6 (12:24) 20-Brian Tunnell ran to DAK 7 for 1 yards. Tackle by 93-Frank Johnson. Iow 97-Manuel Denzer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Dale Canales - QB</t>
   </si>
   <si>
     <t>#20 Brian Tunnell - RB</t>
   </si>
   <si>
     <t>#83 Thomas Owens - TE</t>
   </si>
   <si>
     <t>#84 Matthew Ellis - WR</t>
   </si>
   <si>
     <t>#80 Willard Francis - TE</t>
   </si>
   <si>
     <t>#84 Clifford Davis - WR</t>
   </si>
   <si>
     <t>#76 Mark Johnson - RT</t>
   </si>
   <si>
     <t>#70 Chad Bland - RG</t>
   </si>
   <si>
-    <t>#52 Ronald Kent - C</t>
+    <t>#52 Ronald Kent - LG</t>
   </si>
   <si>
     <t>#65 Willie Oleary - LG</t>
   </si>
   <si>
     <t>#50 Richard Tallent - LT</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
   <si>
     <t>#56 John Koffler - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#93 Frank Johnson - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
@@ -656,51 +656,51 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-9-DAK 7 (11:12) 11-Dale Canales pass complete to 84-Matthew Ellis to DAK 9 for 2 yards. Tackle by 23-David Bednar.</t>
   </si>
   <si>
     <t>#88 David Weed - WR</t>
   </si>
   <si>
     <t>10:34</t>
   </si>
   <si>
     <t>DAK 9</t>
   </si>
   <si>
     <t>4-7-DAK 9 (10:33) 15-Corey Ullery punts 53 yards to Iow 38. 82-James Williams to DAK 47 for 15 yards. Tackle by 50-Richard Tallent.</t>
   </si>
   <si>
     <t>#15 Corey Ullery - P</t>
   </si>
   <si>
     <t>#64 Bruce Miller - RG</t>
   </si>
   <si>
-    <t>#79 James Tarrance - C</t>
+    <t>#54 James Tarrance - C</t>
   </si>
   <si>
     <t>#98 Justin Heal - MLB</t>
   </si>
   <si>
     <t>#99 Bert Destefano - SLB</t>
   </si>
   <si>
     <t>10:23</t>
   </si>
   <si>
     <t>DAK 47</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>1-10-DAK 47 (10:24) 86-Ralph Pierce ran to DAK 37 for 11 yards. Tackle by 39-Stephen Alcantara.</t>
   </si>
   <si>
     <t>9:41</t>
   </si>
   <si>
     <t>DAK 37</t>
   </si>
@@ -932,51 +932,51 @@
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>I Formation Twin WR Slot Hitch</t>
   </si>
   <si>
     <t>3-5-Iow 25 (15:00) 11-Dale Canales pass Pass knocked down by 23-David Bednar. incomplete, intended for 84-Matthew Ellis.</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-Iow 25 (14:58) 7-James Poteet 42 yard field goal is GOOD. DAK 3 Iow 0</t>
   </si>
   <si>
     <t>#9 Brandon Saunders - QB</t>
   </si>
   <si>
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>#54 Jim Koester - LDE</t>
   </si>
   <si>
     <t>14:54</t>
   </si>
   <si>
     <t>(14:55) 7-James Poteet kicks 71 yards from DAK 35 to Iow -6. Touchback.</t>
   </si>
   <si>
     <t>1-10-Iow 25 (14:55) 8-James Myer pass complete to 21-William Barrios to Iow 27 for 2 yards. Tackle by 21-David Franklin. Nice job by 21-William Barrios on that route to lose his coverage.</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>Iow 27</t>
   </si>
   <si>
     <t>2-8-Iow 27 (14:13) 8-James Myer pass complete to 10-Willie Luse to Iow 27 for a short gain. Tackle by 21-David Franklin.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>