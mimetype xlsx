--- v1 (2026-02-13)
+++ v2 (2026-03-05)
@@ -560,51 +560,51 @@
   <si>
     <t>#20 Brian Tunnell - RB</t>
   </si>
   <si>
     <t>#83 Thomas Owens - TE</t>
   </si>
   <si>
     <t>#84 Matthew Ellis - WR</t>
   </si>
   <si>
     <t>#80 Willard Francis - TE</t>
   </si>
   <si>
     <t>#84 Clifford Davis - WR</t>
   </si>
   <si>
     <t>#76 Mark Johnson - RT</t>
   </si>
   <si>
     <t>#70 Chad Bland - RG</t>
   </si>
   <si>
     <t>#52 Ronald Kent - LG</t>
   </si>
   <si>
-    <t>#65 Willie Oleary - LG</t>
+    <t>#64 Willie Oleary - LG</t>
   </si>
   <si>
     <t>#50 Richard Tallent - LT</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
   <si>
     <t>#56 John Koffler - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#93 Frank Johnson - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>