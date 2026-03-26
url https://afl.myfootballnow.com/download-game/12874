--- v2 (2026-03-05)
+++ v3 (2026-03-26)
@@ -767,51 +767,51 @@
   <si>
     <t>DAK 23</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>1-10-DAK 23 (6:19) 10-Curt Cruz ran to DAK 32 for 9 yards. Tackle by 22-Jimmy Hockett.</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>DAK 32</t>
   </si>
   <si>
     <t>Strong I Normal HB Power Strong</t>
   </si>
   <si>
     <t>2-1-DAK 32 (5:45) 20-Brian Tunnell ran to DAK 31 for -1 yards. Tackle by 91-Daniel Martindale. PENALTY - Offsides (Iow 97-Manuel Denzer)</t>
   </si>
   <si>
     <t>#15 Ward Kay - WR</t>
   </si>
   <si>
-    <t>#32 David Nelson - RB</t>
+    <t>#49 David Nelson - RB</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-DAK 37 (5:43) 11-Dale Canales pass complete to 84-Matthew Ellis to DAK 40 for 3 yards. Tackle by 42-James Duran.</t>
   </si>
   <si>
     <t>#16 Peter Fields - WR</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
   <si>
     <t>DAK 40</t>
   </si>
   <si>
     <t>2-7-DAK 40 (5:06) 20-Brian Tunnell ran to DAK 44 for 3 yards. Tackle by 20-Daniel Keen.</t>
   </si>
   <si>
     <t>4:22</t>
   </si>