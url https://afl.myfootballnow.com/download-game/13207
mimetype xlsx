--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -290,96 +290,96 @@
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 75 yards from Iow 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Terrence Whaley - RB</t>
   </si>
   <si>
     <t>#58 John Anderson - WLB</t>
   </si>
   <si>
     <t>#25 Brandon Snipes - CB</t>
   </si>
   <si>
-    <t>#27 James Williams - FS</t>
+    <t>#49 James Williams - SS</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#99 Roy Christy - RDE</t>
   </si>
   <si>
     <t>#55 John Sherman - WLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#57 Fred Alexander - SLB</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
   <si>
     <t>NYK</t>
   </si>
   <si>
     <t>NYK 25</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal CB3 CB4 Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 25 (15:00) 8-Robert Ramey pass complete to 82-Billy Campbell to NYK 30 for 5 yards. Tackle by 53-James Juarez.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
-    <t>#12 Stephen Lopez - WR</t>
+    <t>#11 Stephen Lopez - WR</t>
   </si>
   <si>
     <t>#89 Bart Eskridge - WR</t>
   </si>
   <si>
     <t>#19 James Coleman - WR</t>
   </si>
   <si>
     <t>#88 Michael Crowley - WR</t>
   </si>
   <si>
     <t>#19 Billy Campbell - WR</t>
   </si>
   <si>
     <t>#73 Harry Spires - LT</t>
   </si>
   <si>
     <t>#77 Kevin Patterson - LT</t>
   </si>
   <si>
     <t>#68 Raymond Grove - C</t>
   </si>
   <si>
     <t>#67 Dewayne Fleming - RG</t>
   </si>
@@ -779,69 +779,69 @@
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>3-9-NYK 9 (5:55) 8-James Myer pass Pass knocked down by 52-Tommie Nunez. incomplete, intended for 84-David Cook.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>4-9-NYK 9 (5:52) 17-Jorge Robinson 27 yard field goal is GOOD. Iow 3 NYK 0</t>
   </si>
   <si>
     <t>#18 Alvin Dunbar - P</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
     <t>#72 Bruno Yeager - RT</t>
   </si>
   <si>
-    <t>#56 Steve Torres - RG</t>
+    <t>#75 Steve Torres - RG</t>
   </si>
   <si>
     <t>#65 Harry Waddell - LT</t>
   </si>
   <si>
     <t>#92 Dennis Neal - LDE</t>
   </si>
   <si>
     <t>#94 Terry Herr - RDE</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>(5:50) 17-Jorge Robinson kicks 74 yards from Iow 35 to NYK -9. Touchback.</t>
   </si>
   <si>
-    <t>#90 Ellis Bennett - DT</t>
+    <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-NYK 25 (5:50) 8-Robert Ramey pass complete to 12-Stephen Lopez to NYK 35 for 10 yards. Tackle by 48-Jeffery Skinner.</t>
   </si>
   <si>
     <t>#83 David Greeley - TE</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>1-10-NYK 35 (5:08) 17-Terrence Whaley ran to NYK 37 for 2 yards. Tackle by 98-Justin Heal.</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>NYK 37</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>