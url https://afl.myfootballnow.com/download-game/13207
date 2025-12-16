--- v1 (2025-11-24)
+++ v2 (2025-12-16)
@@ -593,51 +593,51 @@
   <si>
     <t>#94 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>Iow 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-Iow 42 (10:01) 8-James Myer pass Pass knocked down by 59-Karl Paquin. incomplete, intended for 21-William Barrios. PENALTY - Pass Interference (NYK 27-James Williams)</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
   <si>
-    <t>#84 David Cook - TE</t>
+    <t>#81 David Cook - TE</t>
   </si>
   <si>
     <t>#10 Willie Luse - WR</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#19 Troy Shupe - WR</t>
   </si>
   <si>
     <t>#60 Peter Vincent - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
     <t>#66 Jody Young - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>