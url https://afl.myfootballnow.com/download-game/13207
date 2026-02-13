--- v2 (2025-12-16)
+++ v3 (2026-02-13)
@@ -287,54 +287,54 @@
   <si>
     <t>Iow has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 75 yards from Iow 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Terrence Whaley - RB</t>
   </si>
   <si>
     <t>#58 John Anderson - WLB</t>
   </si>
   <si>
-    <t>#25 Brandon Snipes - CB</t>
-[...2 lines deleted...]
-    <t>#49 James Williams - SS</t>
+    <t>#41 Brandon Snipes - CB</t>
+  </si>
+  <si>
+    <t>#46 James Williams - SS</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#99 Roy Christy - RDE</t>
   </si>
   <si>
     <t>#55 John Sherman - WLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#57 Fred Alexander - SLB</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
@@ -386,99 +386,99 @@
   <si>
     <t>#74 Paul Daniel - RT</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#96 Jerry Tovar - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>
   <si>
     <t>#47 David Bednar - CB</t>
   </si>
   <si>
     <t>#46 Arthur Harris - CB</t>
   </si>
   <si>
-    <t>#24 Larry Cash - CB</t>
+    <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#51 James Mielke - WLB</t>
   </si>
   <si>
     <t>#42 James Duran - SS</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>NYK 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-5-NYK 30 (14:27) 9-Ray Allen ran to NYK 36 for 6 yards. Tackle by 42-James Duran.</t>
   </si>
   <si>
     <t>#9 Ray Allen - RB</t>
   </si>
   <si>
     <t>#87 Leroy Puckett - TE</t>
   </si>
   <si>
     <t>#86 Russell Clancy - TE</t>
   </si>
   <si>
     <t>#56 John Koffler - DT</t>
   </si>
   <si>
     <t>#95 Bradley Romo - SLB</t>
   </si>
   <si>
     <t>#98 Justin Heal - MLB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
   <si>
-    <t>#41 Victor Blanco - FS</t>
+    <t>#31 Victor Blanco - FS</t>
   </si>
   <si>
     <t>13:53</t>
   </si>
   <si>
     <t>NYK 36</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYK 36 (13:52) 9-Ray Allen ran to NYK 39 for 3 yards. Tackle by 53-James Juarez.</t>
   </si>
   <si>
     <t>#34 Edward Sanders - SS</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>NYK 39</t>
   </si>
@@ -551,69 +551,69 @@
   <si>
     <t>#99 Bert Destefano - SLB</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>3-8-Iow 35 (10:09) 8-Robert Ramey pass incomplete, dropped by 89-Bart Eskridge.</t>
   </si>
   <si>
     <t>10:04</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-Iow 35 (10:05) 6-Robert Mercado 52 yard field goal is NO GOOD. (Wide Right) NYK 67-Dewayne Fleming was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#5 Jason Myers - P</t>
   </si>
   <si>
-    <t>#75 Gary Bishop - RT</t>
+    <t>#70 Gary Bishop - RT</t>
   </si>
   <si>
     <t>#6 Robert Mercado - K</t>
   </si>
   <si>
     <t>#69 Lee Thomas - LG</t>
   </si>
   <si>
     <t>#70 Michael Peoples - RT</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>#54 Jim Koester - LDE</t>
   </si>
   <si>
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>10:00</t>
   </si>
   <si>
     <t>Iow 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-Iow 42 (10:01) 8-James Myer pass Pass knocked down by 59-Karl Paquin. incomplete, intended for 21-William Barrios. PENALTY - Pass Interference (NYK 27-James Williams)</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#21 William Barrios - RB</t>
   </si>
   <si>
     <t>#81 David Cook - TE</t>
   </si>
@@ -665,54 +665,54 @@
   <si>
     <t>#21 Strickland Banks - CB</t>
   </si>
   <si>
     <t>#39 Erick Barnes - CB</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>NYK 35</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 35 (9:15) 32-Kyle Hodges ran to NYK 26 for 9 yards. Tackle by 28-Daniel Butler.</t>
   </si>
   <si>
     <t>#32 Kyle Hodges - RB</t>
   </si>
   <si>
-    <t>#85 George Farrish - TE</t>
-[...2 lines deleted...]
-    <t>#88 Jason Weibel - WR</t>
+    <t>#83 George Farrish - TE</t>
+  </si>
+  <si>
+    <t>#16 Jason Weibel - WR</t>
   </si>
   <si>
     <t>#12 Michael Hopkins - WR</t>
   </si>
   <si>
     <t>8:36</t>
   </si>
   <si>
     <t>NYK 26</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>2-1-NYK 26 (8:35) 32-Kyle Hodges ran to NYK 21 for 5 yards. Tackle by 46-Ron Cox. Iow 66-Jody Young was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#20 Thomas Christensen - CB</t>
   </si>
   <si>
     <t>#40 Ron Cox - CB</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
@@ -788,51 +788,51 @@
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>4-9-NYK 9 (5:52) 17-Jorge Robinson 27 yard field goal is GOOD. Iow 3 NYK 0</t>
   </si>
   <si>
     <t>#18 Alvin Dunbar - P</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
     <t>#72 Bruno Yeager - RT</t>
   </si>
   <si>
     <t>#75 Steve Torres - RG</t>
   </si>
   <si>
     <t>#65 Harry Waddell - LT</t>
   </si>
   <si>
     <t>#92 Dennis Neal - LDE</t>
   </si>
   <si>
-    <t>#94 Terry Herr - RDE</t>
+    <t>#96 Terry Herr - RDE</t>
   </si>
   <si>
     <t>5:49</t>
   </si>
   <si>
     <t>(5:50) 17-Jorge Robinson kicks 74 yards from Iow 35 to NYK -9. Touchback.</t>
   </si>
   <si>
     <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>1-10-NYK 25 (5:50) 8-Robert Ramey pass complete to 12-Stephen Lopez to NYK 35 for 10 yards. Tackle by 48-Jeffery Skinner.</t>
   </si>
   <si>
     <t>#83 David Greeley - TE</t>
   </si>
   <si>
     <t>5:09</t>
   </si>
   <si>
     <t>1-10-NYK 35 (5:08) 17-Terrence Whaley ran to NYK 37 for 2 yards. Tackle by 98-Justin Heal.</t>
   </si>