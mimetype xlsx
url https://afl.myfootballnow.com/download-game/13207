--- v3 (2026-02-13)
+++ v4 (2026-03-05)
@@ -290,51 +290,51 @@
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 75 yards from Iow 35 to NYK -10. Touchback.</t>
   </si>
   <si>
     <t>#17 Terrence Whaley - RB</t>
   </si>
   <si>
     <t>#58 John Anderson - WLB</t>
   </si>
   <si>
     <t>#41 Brandon Snipes - CB</t>
   </si>
   <si>
-    <t>#46 James Williams - SS</t>
+    <t>#34 James Williams - CB</t>
   </si>
   <si>
     <t>#52 Tommie Nunez - MLB</t>
   </si>
   <si>
     <t>#99 Roy Christy - RDE</t>
   </si>
   <si>
     <t>#55 John Sherman - WLB</t>
   </si>
   <si>
     <t>#95 Eddie Goldman - DT</t>
   </si>
   <si>
     <t>#22 James Perkins - SS</t>
   </si>
   <si>
     <t>#26 Teddy Robinson - CB</t>
   </si>
   <si>
     <t>#57 Fred Alexander - SLB</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-NYK 25 (15:00) 8-Robert Ramey pass complete to 82-Billy Campbell to NYK 30 for 5 yards. Tackle by 53-James Juarez.</t>
   </si>
   <si>
     <t>#8 Robert Ramey - QB</t>
   </si>
   <si>
     <t>#11 Stephen Lopez - WR</t>
   </si>
   <si>
     <t>#89 Bart Eskridge - WR</t>
   </si>
   <si>
     <t>#19 James Coleman - WR</t>
   </si>
   <si>
     <t>#88 Michael Crowley - WR</t>
   </si>
   <si>
     <t>#19 Billy Campbell - WR</t>
   </si>
   <si>
     <t>#73 Harry Spires - LT</t>
   </si>
   <si>
-    <t>#77 Kevin Patterson - LT</t>
+    <t>#55 Kevin Patterson - LT</t>
   </si>
   <si>
     <t>#68 Raymond Grove - C</t>
   </si>
   <si>
     <t>#67 Dewayne Fleming - RG</t>
   </si>
   <si>
     <t>#74 Paul Daniel - RT</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#96 Jerry Tovar - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>