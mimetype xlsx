--- v4 (2026-03-05)
+++ v5 (2026-03-26)
@@ -641,51 +641,51 @@
   <si>
     <t>#57 Brian Garrett - RT</t>
   </si>
   <si>
     <t>#97 Vince Lewis - LDE</t>
   </si>
   <si>
     <t>#93 James Chace - DT</t>
   </si>
   <si>
     <t>#59 Karl Paquin - WLB</t>
   </si>
   <si>
     <t>#28 Daniel Butler - CB</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-Iow 47 (9:58) 8-James Myer pass complete to 19-Troy Shupe to NYK 35 for 18 yards. Tackle by 22-James Perkins.</t>
   </si>
   <si>
-    <t>#21 Strickland Banks - CB</t>
+    <t>#26 Strickland Banks - CB</t>
   </si>
   <si>
     <t>#39 Erick Barnes - CB</t>
   </si>
   <si>
     <t>9:16</t>
   </si>
   <si>
     <t>NYK 35</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-NYK 35 (9:15) 32-Kyle Hodges ran to NYK 26 for 9 yards. Tackle by 28-Daniel Butler.</t>
   </si>
   <si>
     <t>#32 Kyle Hodges - RB</t>
   </si>
   <si>
     <t>#83 George Farrish - TE</t>
   </si>