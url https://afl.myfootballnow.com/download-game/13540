--- v0 (2025-10-14)
+++ v1 (2025-11-24)
@@ -290,51 +290,51 @@
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 66 yards from DAY 35 to BIR -1. 34-Leslie Slattery to BIR 27 for 28 yards. Tackle by 71-Justin Cook. 32-Fidel Connor was completely beat on that play.</t>
   </si>
   <si>
     <t>#14 Leslie Slattery - WR</t>
   </si>
   <si>
     <t>#52 Ralph Rubio - SLB</t>
   </si>
   <si>
     <t>#94 Stephen Cohen - LDE</t>
   </si>
   <si>
-    <t>#33 Fidel Connor - CB</t>
+    <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#50 David Robertson - MLB</t>
   </si>
   <si>
     <t>#36 Jimmy Ortiz - CB</t>
   </si>
   <si>
     <t>#22 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#25 Wayne Garrett - CB</t>
   </si>
   <si>
     <t>#24 Julio Ortega - CB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
@@ -362,51 +362,51 @@
   <si>
     <t>#13 Todd Hamm - WR</t>
   </si>
   <si>
     <t>#38 Edward Sievers - FB</t>
   </si>
   <si>
     <t>#86 Marvin Nagle - TE</t>
   </si>
   <si>
     <t>#88 James Hill - WR</t>
   </si>
   <si>
     <t>#17 Larry Brooks - WR</t>
   </si>
   <si>
     <t>#59 Jeffrey Stamp - LT</t>
   </si>
   <si>
     <t>#79 Robert Cancel - LT</t>
   </si>
   <si>
     <t>#64 Claud Kellum - C</t>
   </si>
   <si>
-    <t>#79 Dustin House - RG</t>
+    <t>#79 Dustin House - RT</t>
   </si>
   <si>
     <t>#75 Collin McNamara - RT</t>
   </si>
   <si>
     <t>#61 Adrian Heard - LDE</t>
   </si>
   <si>
     <t>#60 Jeffrey Chun - DT</t>
   </si>
   <si>
     <t>#56 Josue Mathis - DT</t>
   </si>
   <si>
     <t>#90 Arthur Counts - RDE</t>
   </si>
   <si>
     <t>#38 Vance Patel - SLB</t>
   </si>
   <si>
     <t>#52 Kenneth Kort - MLB</t>
   </si>
   <si>
     <t>#51 Ali Brady - WLB</t>
   </si>
@@ -554,51 +554,51 @@
   <si>
     <t>#60 Keith Austin - RDE</t>
   </si>
   <si>
     <t>#55 Larry Glasscock - SLB</t>
   </si>
   <si>
     <t>#45 Ronald Guzman - CB</t>
   </si>
   <si>
     <t>12:25</t>
   </si>
   <si>
     <t>DAY 24</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-6-DAY 24 (12:24) 9-Peter Hoyt pass complete to 82-Daniel Hickman to DAY 31 for 7 yards. Tackle by 46-Harold Bruning. PENALTY - Pass Interference (BIR 46-Harold Bruning) (Declined)</t>
   </si>
   <si>
-    <t>#90 Ellis Bennett - DT</t>
+    <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>DAY 31</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 31 (12:20) 9-Peter Hoyt pass Pass knocked down by 55-Larry Glasscock. incomplete, intended for 89-Rick Furrow.</t>
   </si>
   <si>
     <t>#46 Gregory Kalman - FB</t>
   </si>
   <si>
     <t>#81 Rick Furrow - TE</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>DAY 42</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DAY 42 (10:33) 45-Howard Adamski ran to DAY 48 for 6 yards. 45-Howard Adamski FUMBLES (22-Steven Reyes) recovered by DAY-62-Williams Benz at DAY 46. Tackle by 50-David Robertson.</t>
   </si>
   <si>
     <t>#63 James Morris - DT</t>
   </si>
   <si>
     <t>9:52</t>
   </si>
   <si>
     <t>DAY 46</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-6-DAY 46 (9:51) 9-Peter Hoyt pass incomplete, dropped by 14-Matthew Parsons.</t>
   </si>
   <si>
-    <t>#67 Reginald Trautman - RT</t>
+    <t>#61 Reginald Trautman - RT</t>
   </si>
   <si>
     <t>9:47</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>3-6-DAY 46 (9:48) 9-Peter Hoyt pass complete to 17-Walter Hurley to BIR 47 for 7 yards. Tackle by 32-Fidel Connor.</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>BIR 47</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
@@ -716,51 +716,51 @@
   <si>
     <t>8:28</t>
   </si>
   <si>
     <t>BIR 26</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-BIR 26 (8:29) 14-Lawrence Clack pass complete to 5-Todd Hamm to BIR 43 for 16 yards. Tackle by 49-Dennis Ross.</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>BIR 43</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-BIR 43 (7:53) 86-Paul Rankins ran to DAY 33 for 25 yards. Tackle by 31-Armando Holden.</t>
   </si>
   <si>
-    <t>#86 Paul Rankins - RB</t>
+    <t>#24 Paul Rankins - RB</t>
   </si>
   <si>
     <t>#1 Peter Jasper - LDE</t>
   </si>
   <si>
     <t>7:19</t>
   </si>
   <si>
     <t>DAY 33</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>1-10-DAY 33 (7:18) 14-Lawrence Clack pass Pass knocked down by 24-Jean Lewis. incomplete, intended for 81-Marvin Nagle.</t>
   </si>
   <si>
     <t>#89 Robert McNear - WR</t>
   </si>
   <si>
     <t>7:14</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>DAY 44</t>
   </si>
   <si>
     <t>2-14-DAY 44 (4:37) 14-Matthew Parsons ran to DAY 46 for 2 yards. Tackle by 90-Ellis Bennett.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-12-DAY 46 (4:03) 9-Peter Hoyt pass complete to 82-Daniel Hickman to BIR 43 for 12 yards.</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>1-10-BIR 43 (3:23) PENALTY - False Start (DAY 89-Rick Furrow)</t>
   </si>
   <si>
-    <t>#99 Robert Price - LDE</t>
+    <t>#55 Robert Price - LDE</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>BIR 48</t>
   </si>
   <si>
     <t>1-15-BIR 48 (3:23) 9-Peter Hoyt pass Pass knocked down by 25-Wayne Garrett. incomplete, intended for 89-Rick Furrow. PENALTY - Pass Interference (BIR 25-Wayne Garrett)</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>BIR 42</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BIR 42 (3:21) 9-Peter Hoyt pass Pass knocked down by 94-Stephen Cohen. incomplete, intended for 89-Rick Furrow.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
@@ -1136,51 +1136,51 @@
   <si>
     <t>2-3-BIR 3 (9:24) 9-Peter Hoyt pass complete to 14-Matthew Parsons to BIR 3 for 1 yards. Tackle by 58-Jose Damiani.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>3-3-BIR 3 (8:41) 9-Peter Hoyt pass complete to 86-Roger Soto for 3 yards. TOUCHDOWN! BIR 3 DAY 9</t>
   </si>
   <si>
     <t>BIR 15</t>
   </si>
   <si>
     <t>(8:38) Extra point GOOD by 16-Thomas Collins. BIR 3 DAY 10</t>
   </si>
   <si>
     <t>(8:38) 16-Thomas Collins kicks 73 yards from DAY 35 to BIR -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-BIR 25 (8:38) 5-Todd Hamm ran to BIR 28 for 3 yards. Tackle by 52-Kenneth Kort.</t>
   </si>
   <si>
-    <t>#41 Michael Newhouse - FB</t>
+    <t>#29 Michael Newhouse - FB</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>BIR 28</t>
   </si>
   <si>
     <t>2-7-BIR 28 (7:59) 14-Lawrence Clack pass Pass knocked down by 52-Kenneth Kort. incomplete, intended for 81-Marvin Nagle.</t>
   </si>
   <si>
     <t>3-7-BIR 28 (7:55) 14-Lawrence Clack pass complete to 88-James Hill to BIR 32 for 4 yards. Tackle by 39-Julio Turner. Nice job by 88-James Hill on that route to lose his coverage.</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>4-3-BIR 32 (7:15) 4-Larry Lear punts 46 yards to DAY 23. Fair Catch by 17-Walter Hurley.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>DAY 23</t>
   </si>