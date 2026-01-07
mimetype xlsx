--- v1 (2025-11-24)
+++ v2 (2026-01-07)
@@ -284,66 +284,66 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>BIR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 66 yards from DAY 35 to BIR -1. 34-Leslie Slattery to BIR 27 for 28 yards. Tackle by 71-Justin Cook. 32-Fidel Connor was completely beat on that play.</t>
   </si>
   <si>
     <t>#14 Leslie Slattery - WR</t>
   </si>
   <si>
-    <t>#52 Ralph Rubio - SLB</t>
-[...2 lines deleted...]
-    <t>#94 Stephen Cohen - LDE</t>
+    <t>#52 Ralph Rubio - LDE</t>
+  </si>
+  <si>
+    <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#50 David Robertson - MLB</t>
   </si>
   <si>
     <t>#36 Jimmy Ortiz - CB</t>
   </si>
   <si>
-    <t>#22 Steven Reyes - FS</t>
+    <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#25 Wayne Garrett - CB</t>
   </si>
   <si>
     <t>#24 Julio Ortega - CB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BIR 27</t>
   </si>
@@ -353,96 +353,96 @@
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BIR 27 (14:56) 14-Lawrence Clack pass complete to 17-Larry Brooks to BIR 29 for 2 yards. Tackle by 39-Julio Turner. 17-Larry Brooks made a great move on the CB.</t>
   </si>
   <si>
     <t>#14 Lawrence Clack - QB</t>
   </si>
   <si>
     <t>#13 Todd Hamm - WR</t>
   </si>
   <si>
     <t>#38 Edward Sievers - FB</t>
   </si>
   <si>
     <t>#86 Marvin Nagle - TE</t>
   </si>
   <si>
     <t>#88 James Hill - WR</t>
   </si>
   <si>
     <t>#17 Larry Brooks - WR</t>
   </si>
   <si>
-    <t>#59 Jeffrey Stamp - LT</t>
+    <t>#77 Jeffrey Stamp - RT</t>
   </si>
   <si>
     <t>#79 Robert Cancel - LT</t>
   </si>
   <si>
     <t>#64 Claud Kellum - C</t>
   </si>
   <si>
     <t>#79 Dustin House - RT</t>
   </si>
   <si>
-    <t>#75 Collin McNamara - RT</t>
+    <t>#70 Collin McNamara - C</t>
   </si>
   <si>
     <t>#61 Adrian Heard - LDE</t>
   </si>
   <si>
     <t>#60 Jeffrey Chun - DT</t>
   </si>
   <si>
     <t>#56 Josue Mathis - DT</t>
   </si>
   <si>
     <t>#90 Arthur Counts - RDE</t>
   </si>
   <si>
     <t>#38 Vance Patel - SLB</t>
   </si>
   <si>
     <t>#52 Kenneth Kort - MLB</t>
   </si>
   <si>
     <t>#51 Ali Brady - WLB</t>
   </si>
   <si>
     <t>#20 Alton Perry - CB</t>
   </si>
   <si>
     <t>#39 Julio Turner - CB</t>
   </si>
   <si>
-    <t>#37 Alfred Gomez - SS</t>
-[...2 lines deleted...]
-    <t>#47 Dennis Ross - CB</t>
+    <t>#37 Alfred Gomez - CB</t>
+  </si>
+  <si>
+    <t>#47 Dennis Ross - RDE</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>BIR 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-8-BIR 29 (14:21) 5-Todd Hamm ran to BIR 32 for 2 yards. Tackle by 54-Mark Lee.</t>
   </si>
   <si>
     <t>#59 Michael Bush - SLB</t>
   </si>
   <si>
     <t>#95 Christopher Hendrix - MLB</t>
   </si>
   <si>
     <t>#54 Mark Lee - WLB</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>#61 Milan Vreeland - RG</t>
   </si>
   <si>
     <t>6:26</t>
   </si>
   <si>
     <t>BIR 35</t>
   </si>
   <si>
     <t>(6:27) 10-Maurice Maly kicks 75 yards from BIR 35 to DAY -10. Touchback.</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-DAY 25 (6:27) 9-Peter Hoyt pass complete to 82-Daniel Hickman to DAY 30 for 5 yards. Tackle by 36-Jimmy Ortiz. DAY 62-Williams Benz was injured on the play. He looks like he should be able to return. PENALTY - Pass Interference (BIR 36-Jimmy Ortiz)</t>
   </si>
   <si>
-    <t>#74 Jose Damiani - LDE</t>
+    <t>#61 Jose Damiani - LDE</t>
   </si>
   <si>
     <t>6:23</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-DAY 31 (6:24) 9-Peter Hoyt pass complete to 82-Daniel Hickman to DAY 39 for 8 yards. Tackle by 46-Harold Bruning.</t>
   </si>
   <si>
     <t>5:51</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-2-DAY 39 (5:50) 14-Matthew Parsons ran to DAY 47 for 8 yards. Tackle by 24-Julio Ortega.</t>
   </si>
@@ -944,51 +944,51 @@
   <si>
     <t>0:37</t>
   </si>
   <si>
     <t>2-6-BIR 27 (0:36) 9-Peter Hoyt pass Pass knocked down by 25-Wayne Garrett. incomplete, intended for 82-Daniel Hickman.</t>
   </si>
   <si>
     <t>0:32</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>3-6-BIR 27 (0:33) 9-Peter Hoyt pass Pass knocked down by 94-Stephen Cohen. incomplete, intended for 89-Rick Furrow.</t>
   </si>
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>4-6-BIR 27 (0:30) 16-Thomas Collins 44 yard field goal is GOOD. BIR 3 DAY 3</t>
   </si>
   <si>
     <t>#13 Michael Fisher - QB</t>
   </si>
   <si>
-    <t>#77 Gene Lee - LT</t>
+    <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
     <t>#71 Reid Diaz - RDE</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>(0:26) 16-Thomas Collins kicks 74 yards from DAY 35 to BIR -9. Touchback.</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
@@ -2419,51 +2419,51 @@
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">