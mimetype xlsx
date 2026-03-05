--- v2 (2026-01-07)
+++ v3 (2026-03-05)
@@ -293,51 +293,51 @@
   <si>
     <t>DAY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Thomas Collins kicks 66 yards from DAY 35 to BIR -1. 34-Leslie Slattery to BIR 27 for 28 yards. Tackle by 71-Justin Cook. 32-Fidel Connor was completely beat on that play.</t>
   </si>
   <si>
     <t>#14 Leslie Slattery - WR</t>
   </si>
   <si>
     <t>#52 Ralph Rubio - LDE</t>
   </si>
   <si>
     <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
-    <t>#50 David Robertson - MLB</t>
+    <t>#93 David Robertson - LDE</t>
   </si>
   <si>
     <t>#36 Jimmy Ortiz - CB</t>
   </si>
   <si>
     <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#25 Wayne Garrett - CB</t>
   </si>
   <si>
     <t>#24 Julio Ortega - CB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>#60 Richard Fernandez - C</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
   <si>
     <t>DAY 20</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DAY 20 (12:58) 14-Matthew Parsons ran to DAY 24 for 4 yards. Tackle by 46-Harold Bruning.</t>
   </si>
   <si>
     <t>#9 Peter Hoyt - QB</t>
   </si>
   <si>
     <t>#21 Matthew Parsons - WR</t>
   </si>
   <si>
-    <t>#82 Daniel Hickman - TE</t>
+    <t>#86 Daniel Hickman - WR</t>
   </si>
   <si>
     <t>#85 Raymond Graham - WR</t>
   </si>
   <si>
     <t>#86 Roger Soto - WR</t>
   </si>
   <si>
     <t>#66 Terrance Terrill - LT</t>
   </si>
   <si>
     <t>#75 Mark Williams - LG</t>
   </si>
   <si>
     <t>#70 Paul Arrington - C</t>
   </si>
   <si>
     <t>#74 Arthur Haile - RG</t>
   </si>
   <si>
     <t>#62 Williams Benz - RT</t>
   </si>
   <si>
     <t>#64 Nicholas McIntyre - RDE</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-6-DAY 24 (12:24) 9-Peter Hoyt pass complete to 82-Daniel Hickman to DAY 31 for 7 yards. Tackle by 46-Harold Bruning. PENALTY - Pass Interference (BIR 46-Harold Bruning) (Declined)</t>
   </si>
   <si>
     <t>#66 Ellis Bennett - DT</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>DAY 31</t>
   </si>
   <si>
     <t>I Formation Twin WR Quick Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-DAY 31 (12:20) 9-Peter Hoyt pass Pass knocked down by 55-Larry Glasscock. incomplete, intended for 89-Rick Furrow.</t>
   </si>
   <si>
-    <t>#46 Gregory Kalman - FB</t>
+    <t>#38 Gregory Kalman - FB</t>
   </si>
   <si>
     <t>#81 Rick Furrow - TE</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>2-10-DAY 31 (12:18) 14-Matthew Parsons ran to DAY 39 for 8 yards. Tackle by 25-Wayne Garrett.</t>
   </si>
   <si>
     <t>11:42</t>
   </si>
   <si>
     <t>DAY 39</t>
   </si>
   <si>
     <t>3-2-DAY 39 (11:41) 45-Howard Adamski ran to DAY 40 for 1 yards. Tackle by 65-Nicholas McIntyre.</t>
   </si>
@@ -866,51 +866,51 @@
   <si>
     <t>DAY 44</t>
   </si>
   <si>
     <t>2-14-DAY 44 (4:37) 14-Matthew Parsons ran to DAY 46 for 2 yards. Tackle by 90-Ellis Bennett.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-12-DAY 46 (4:03) 9-Peter Hoyt pass complete to 82-Daniel Hickman to BIR 43 for 12 yards.</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>1-10-BIR 43 (3:23) PENALTY - False Start (DAY 89-Rick Furrow)</t>
   </si>
   <si>
-    <t>#55 Robert Price - LDE</t>
+    <t>#73 Robert Price - RDE</t>
   </si>
   <si>
     <t>3:22</t>
   </si>
   <si>
     <t>BIR 48</t>
   </si>
   <si>
     <t>1-15-BIR 48 (3:23) 9-Peter Hoyt pass Pass knocked down by 25-Wayne Garrett. incomplete, intended for 89-Rick Furrow. PENALTY - Pass Interference (BIR 25-Wayne Garrett)</t>
   </si>
   <si>
     <t>3:20</t>
   </si>
   <si>
     <t>BIR 42</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-BIR 42 (3:21) 9-Peter Hoyt pass Pass knocked down by 94-Stephen Cohen. incomplete, intended for 89-Rick Furrow.</t>
   </si>
   <si>
     <t>3:16</t>
   </si>
@@ -1136,51 +1136,51 @@
   <si>
     <t>2-3-BIR 3 (9:24) 9-Peter Hoyt pass complete to 14-Matthew Parsons to BIR 3 for 1 yards. Tackle by 58-Jose Damiani.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>3-3-BIR 3 (8:41) 9-Peter Hoyt pass complete to 86-Roger Soto for 3 yards. TOUCHDOWN! BIR 3 DAY 9</t>
   </si>
   <si>
     <t>BIR 15</t>
   </si>
   <si>
     <t>(8:38) Extra point GOOD by 16-Thomas Collins. BIR 3 DAY 10</t>
   </si>
   <si>
     <t>(8:38) 16-Thomas Collins kicks 73 yards from DAY 35 to BIR -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-BIR 25 (8:38) 5-Todd Hamm ran to BIR 28 for 3 yards. Tackle by 52-Kenneth Kort.</t>
   </si>
   <si>
-    <t>#29 Michael Newhouse - FB</t>
+    <t>#45 Michael Newhouse - FB</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>BIR 28</t>
   </si>
   <si>
     <t>2-7-BIR 28 (7:59) 14-Lawrence Clack pass Pass knocked down by 52-Kenneth Kort. incomplete, intended for 81-Marvin Nagle.</t>
   </si>
   <si>
     <t>3-7-BIR 28 (7:55) 14-Lawrence Clack pass complete to 88-James Hill to BIR 32 for 4 yards. Tackle by 39-Julio Turner. Nice job by 88-James Hill on that route to lose his coverage.</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>4-3-BIR 32 (7:15) 4-Larry Lear punts 46 yards to DAY 23. Fair Catch by 17-Walter Hurley.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>DAY 23</t>
   </si>