--- v3 (2026-03-05)
+++ v4 (2026-03-26)
@@ -308,99 +308,99 @@
   <si>
     <t>#52 Ralph Rubio - LDE</t>
   </si>
   <si>
     <t>#51 Stephen Cohen - LDE</t>
   </si>
   <si>
     <t>#34 Fidel Connor - CB</t>
   </si>
   <si>
     <t>#93 David Robertson - LDE</t>
   </si>
   <si>
     <t>#36 Jimmy Ortiz - CB</t>
   </si>
   <si>
     <t>#46 Steven Reyes - FS</t>
   </si>
   <si>
     <t>#46 Harold Bruning - SS</t>
   </si>
   <si>
     <t>#25 Wayne Garrett - CB</t>
   </si>
   <si>
-    <t>#24 Julio Ortega - CB</t>
+    <t>#20 Julio Ortega - CB</t>
   </si>
   <si>
     <t>#16 Alfredo Hood - SLB</t>
   </si>
   <si>
     <t>#16 Thomas Collins - K</t>
   </si>
   <si>
     <t>BIR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>BIR 27</t>
   </si>
   <si>
     <t>Strong I Normal Short Attack</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-BIR 27 (14:56) 14-Lawrence Clack pass complete to 17-Larry Brooks to BIR 29 for 2 yards. Tackle by 39-Julio Turner. 17-Larry Brooks made a great move on the CB.</t>
   </si>
   <si>
     <t>#14 Lawrence Clack - QB</t>
   </si>
   <si>
     <t>#13 Todd Hamm - WR</t>
   </si>
   <si>
     <t>#38 Edward Sievers - FB</t>
   </si>
   <si>
-    <t>#86 Marvin Nagle - TE</t>
+    <t>#81 Marvin Nagle - TE</t>
   </si>
   <si>
     <t>#88 James Hill - WR</t>
   </si>
   <si>
     <t>#17 Larry Brooks - WR</t>
   </si>
   <si>
     <t>#77 Jeffrey Stamp - RT</t>
   </si>
   <si>
-    <t>#79 Robert Cancel - LT</t>
+    <t>#54 Robert Cancel - LT</t>
   </si>
   <si>
     <t>#64 Claud Kellum - C</t>
   </si>
   <si>
     <t>#79 Dustin House - RT</t>
   </si>
   <si>
     <t>#70 Collin McNamara - C</t>
   </si>
   <si>
     <t>#61 Adrian Heard - LDE</t>
   </si>
   <si>
     <t>#60 Jeffrey Chun - DT</t>
   </si>
   <si>
     <t>#56 Josue Mathis - DT</t>
   </si>
   <si>
     <t>#90 Arthur Counts - RDE</t>
   </si>
   <si>
     <t>#38 Vance Patel - SLB</t>
   </si>
@@ -959,51 +959,51 @@
   <si>
     <t>0:29</t>
   </si>
   <si>
     <t>4-6-BIR 27 (0:30) 16-Thomas Collins 44 yard field goal is GOOD. BIR 3 DAY 3</t>
   </si>
   <si>
     <t>#13 Michael Fisher - QB</t>
   </si>
   <si>
     <t>#77 Gene Lee - LG</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>#63 James Holston - RT</t>
   </si>
   <si>
     <t>#72 Daniel Sorensen - LG</t>
   </si>
   <si>
     <t>#93 Lynn King - DT</t>
   </si>
   <si>
-    <t>#71 Reid Diaz - RDE</t>
+    <t>#74 Reid Diaz - RDE</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>(0:26) 16-Thomas Collins kicks 74 yards from DAY 35 to BIR -9. Touchback.</t>
   </si>
   <si>
     <t>BIR 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-BIR 25 (0:26) 5-Todd Hamm ran to BIR 23 for -2 yards. Tackle by 51-Ali Brady.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
@@ -1136,51 +1136,51 @@
   <si>
     <t>2-3-BIR 3 (9:24) 9-Peter Hoyt pass complete to 14-Matthew Parsons to BIR 3 for 1 yards. Tackle by 58-Jose Damiani.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>3-3-BIR 3 (8:41) 9-Peter Hoyt pass complete to 86-Roger Soto for 3 yards. TOUCHDOWN! BIR 3 DAY 9</t>
   </si>
   <si>
     <t>BIR 15</t>
   </si>
   <si>
     <t>(8:38) Extra point GOOD by 16-Thomas Collins. BIR 3 DAY 10</t>
   </si>
   <si>
     <t>(8:38) 16-Thomas Collins kicks 73 yards from DAY 35 to BIR -8. Touchback.</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>1-10-BIR 25 (8:38) 5-Todd Hamm ran to BIR 28 for 3 yards. Tackle by 52-Kenneth Kort.</t>
   </si>
   <si>
-    <t>#45 Michael Newhouse - FB</t>
+    <t>#45 Michael Newhouse - TE</t>
   </si>
   <si>
     <t>8:00</t>
   </si>
   <si>
     <t>BIR 28</t>
   </si>
   <si>
     <t>2-7-BIR 28 (7:59) 14-Lawrence Clack pass Pass knocked down by 52-Kenneth Kort. incomplete, intended for 81-Marvin Nagle.</t>
   </si>
   <si>
     <t>3-7-BIR 28 (7:55) 14-Lawrence Clack pass complete to 88-James Hill to BIR 32 for 4 yards. Tackle by 39-Julio Turner. Nice job by 88-James Hill on that route to lose his coverage.</t>
   </si>
   <si>
     <t>7:16</t>
   </si>
   <si>
     <t>4-3-BIR 32 (7:15) 4-Larry Lear punts 46 yards to DAY 23. Fair Catch by 17-Walter Hurley.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>DAY 23</t>
   </si>