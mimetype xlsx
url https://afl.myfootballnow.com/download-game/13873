--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -530,51 +530,51 @@
   <si>
     <t>#93 Jose Deese - MLB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>Iow 5</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-Iow 5 (11:51) 8-James Myer pass complete to 32-Kyle Hodges to MGA 4 for 91 yards. Pushed out of bounds by 49-Timothy Kelleher. 32-Kyle Hodges did some fancy footwork there. Pressure by 99-Kevin Smith. Iow 76-Donald Vanzant was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#32 Kyle Hodges - RB</t>
   </si>
   <si>
     <t>#85 George Farrish - TE</t>
   </si>
   <si>
-    <t>#84 David Cook - TE</t>
+    <t>#81 David Cook - TE</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#60 Peter Vincent - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
     <t>#66 Jody Young - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#76 Donald Vanzant - RT</t>
   </si>
   <si>
     <t>#90 Michael Carswell - LDE</t>
   </si>
   <si>
     <t>#99 Kevin Smith - DT</t>
   </si>