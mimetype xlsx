--- v1 (2025-12-16)
+++ v2 (2026-02-13)
@@ -302,183 +302,183 @@
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 74 yards from Iow 35 to MGA -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Juan Griffin - WR</t>
   </si>
   <si>
     <t>#33 George Bothwell - CB</t>
   </si>
   <si>
     <t>#37 Rex Frei - CB</t>
   </si>
   <si>
     <t>#31 Richard Roach - CB</t>
   </si>
   <si>
     <t>#88 Tom Carter - LDE</t>
   </si>
   <si>
     <t>#87 Jason Rosenthal - DT</t>
   </si>
   <si>
     <t>#58 Timothy Kelleher - WLB</t>
   </si>
   <si>
-    <t>#47 William Hatch - SS</t>
+    <t>#29 William Hatch - SS</t>
   </si>
   <si>
     <t>#59 Brett Jensen - WLB</t>
   </si>
   <si>
     <t>#41 Christian Whiting - CB</t>
   </si>
   <si>
     <t>#56 Robert Carpenter - WLB</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
   <si>
     <t>MGA</t>
   </si>
   <si>
     <t>MGA 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-MGA 25 (15:00) 8-David Keyes pass complete to 24-Tom Hartman to MGA 43 for 18 yards. 24-Tom Hartman breaks down the CB.</t>
   </si>
   <si>
     <t>#8 David Keyes - QB</t>
   </si>
   <si>
-    <t>#24 Tom Hartman - RB</t>
+    <t>#26 Tom Hartman - RB</t>
   </si>
   <si>
     <t>#22 Charles Walden - RB</t>
   </si>
   <si>
     <t>#80 Bobby Bower - TE</t>
   </si>
   <si>
     <t>#16 Brandon Cabrales - WR</t>
   </si>
   <si>
     <t>#11 Harry Adams - WR</t>
   </si>
   <si>
     <t>#77 Stuart Mejia - LT</t>
   </si>
   <si>
-    <t>#79 Roger Moser - RT</t>
-[...5 lines deleted...]
-    <t>#65 Arthur Dupont - RG</t>
+    <t>#88 Roger Moser - LG</t>
+  </si>
+  <si>
+    <t>#63 Leroy Coster - C</t>
+  </si>
+  <si>
+    <t>#78 Arthur Dupont - RT</t>
   </si>
   <si>
     <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
   <si>
     <t>#63 James Novak - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#95 Bradley Romo - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
   <si>
-    <t>#43 Charles Dixon - CB</t>
+    <t>#43 Charles Dixon - SS</t>
   </si>
   <si>
     <t>#35 Thomas Gleaton - CB</t>
   </si>
   <si>
     <t>#23 Alvin Nisbet - SS</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>MGA 43</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MGA 43 (14:16) 8-David Keyes sacked at MGA 36 for -7 yards (91-Daniel Martindale). Sack allowed by 78-Richard Glisson.</t>
   </si>
   <si>
     <t>#85 Joseph Hinman - TE</t>
   </si>
   <si>
     <t>#10 Gerald Burke - WR</t>
   </si>
   <si>
     <t>#10 Fred Stuart - WR</t>
   </si>
   <si>
     <t>#58 Michael Garcia - WLB</t>
   </si>
   <si>
-    <t>#24 Larry Cash - CB</t>
+    <t>#23 Larry Cash - CB</t>
   </si>
   <si>
     <t>#48 Jeffery Skinner - CB</t>
   </si>
   <si>
     <t>#42 James Duran - SS</t>
   </si>
   <si>
-    <t>#41 Victor Blanco - FS</t>
+    <t>#31 Victor Blanco - FS</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>MGA 36</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-17-MGA 36 (13:30) 25-David Sartin ran to MGA 39 for 3 yards. Tackle by 42-James Duran. MGA 80-Bobby Bower was injured on the play. He looks like he should be able to return. Iow 97-Manuel Denzer was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#25 David Sartin - RB</t>
   </si>
   <si>
     <t>12:47</t>
   </si>
   <si>
     <t>MGA 39</t>
   </si>
   <si>
     <t>Singleback Big Off Tackle Strong</t>
   </si>
@@ -491,156 +491,156 @@
   <si>
     <t>#96 Jerry Tovar - DT</t>
   </si>
   <si>
     <t>#99 Bert Destefano - SLB</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>MGA 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-12-MGA 41 (12:02) 1-Carroll Young punts 53 yards to Iow 5.</t>
   </si>
   <si>
     <t>#1 Carroll Young - P</t>
   </si>
   <si>
-    <t>#61 Eric Robinson - C</t>
+    <t>#87 Eric Robinson - C</t>
   </si>
   <si>
     <t>#10 Willie Luse - WR</t>
   </si>
   <si>
     <t>#73 Roland Jackson - LT</t>
   </si>
   <si>
-    <t>#78 Larry Brown - RT</t>
+    <t>#72 Larry Brown - RT</t>
   </si>
   <si>
     <t>#63 Mikel Triana - RG</t>
   </si>
   <si>
     <t>#93 Jose Deese - MLB</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>Iow 5</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-Iow 5 (11:51) 8-James Myer pass complete to 32-Kyle Hodges to MGA 4 for 91 yards. Pushed out of bounds by 49-Timothy Kelleher. 32-Kyle Hodges did some fancy footwork there. Pressure by 99-Kevin Smith. Iow 76-Donald Vanzant was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#8 James Myer - QB</t>
   </si>
   <si>
     <t>#32 Kyle Hodges - RB</t>
   </si>
   <si>
-    <t>#85 George Farrish - TE</t>
+    <t>#83 George Farrish - TE</t>
   </si>
   <si>
     <t>#81 David Cook - TE</t>
   </si>
   <si>
     <t>#82 James Williams - WR</t>
   </si>
   <si>
     <t>#60 Peter Vincent - LT</t>
   </si>
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
     <t>#66 Jody Young - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#76 Donald Vanzant - RT</t>
   </si>
   <si>
-    <t>#90 Michael Carswell - LDE</t>
+    <t>#94 Michael Carswell - RDE</t>
   </si>
   <si>
     <t>#99 Kevin Smith - DT</t>
   </si>
   <si>
     <t>#98 Anthony Falcon - DT</t>
   </si>
   <si>
     <t>#91 Richard Young - RDE</t>
   </si>
   <si>
     <t>#57 Donald Hutchison - SLB</t>
   </si>
   <si>
-    <t>#50 Dan Gray - WLB</t>
+    <t>#50 Dan Gray - MLB</t>
   </si>
   <si>
     <t>#32 Matthew Krause - CB</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>MGA 4</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-4-MGA 4 (10:57) 1-Charles Day ran for 4 yards. TOUCHDOWN! Iow 6 MGA 0</t>
   </si>
   <si>
     <t>#1 Charles Day - RB</t>
   </si>
   <si>
     <t>#2 Earl Gutierrez - RB</t>
   </si>
   <si>
     <t>#86 Ralph Pierce - TE</t>
   </si>
   <si>
-    <t>#88 Jason Weibel - WR</t>
+    <t>#16 Jason Weibel - WR</t>
   </si>
   <si>
     <t>#65 Harry Waddell - LT</t>
   </si>
   <si>
     <t>#74 Alvin Moore - LG</t>
   </si>
   <si>
     <t>#68 Henry Reyes - C</t>
   </si>
   <si>
     <t>#75 Howard Blackmon - RG</t>
   </si>
   <si>
     <t>#72 Bruno Yeager - RT</t>
   </si>
   <si>
     <t>#92 Cameron Shields - LDE</t>
   </si>
   <si>
     <t>#85 Bryan Long - WLB</t>
   </si>
   <si>
     <t>#93 Martin Roberts - RDE</t>
   </si>
@@ -809,51 +809,51 @@
   <si>
     <t>3-3-MGA 44 (4:49) 8-David Keyes pass complete to 12-Harry Adams to Iow 45 for 11 yards. Tackle by 43-Charles Dixon.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>Iow 45</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-Iow 45 (4:04) 8-David Keyes pass complete to 11-Gerald Burke to Iow 30 for 15 yards. Tackle by 35-Thomas Gleaton.</t>
   </si>
   <si>
     <t>3:31</t>
   </si>
   <si>
     <t>Iow 30</t>
   </si>
   <si>
     <t>1-10-Iow 30 (3:30) 8-David Keyes pass complete to 80-Bobby Bower to Iow 13 for 17 yards. Tackle by 23-Alvin Nisbet. 80-Bobby Bower did some fancy footwork there.</t>
   </si>
   <si>
-    <t>#94 Jason Quinn - RDE</t>
+    <t>#90 Jason Quinn - RDE</t>
   </si>
   <si>
     <t>2:43</t>
   </si>
   <si>
     <t>Iow 13</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-Iow 13 (2:42) 8-David Keyes pass incomplete, intended for 85-Joseph Hinman.</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>2-10-Iow 13 (2:40) 8-David Keyes pass complete to 11-Gerald Burke to Iow 2 for 11 yards. Tackle by 24-Larry Cash. 11-Gerald Burke breaks down the CB.</t>
   </si>
   <si>
     <t>1:55</t>
   </si>
   <si>
     <t>Iow 2</t>
   </si>