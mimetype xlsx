--- v2 (2026-02-13)
+++ v3 (2026-03-05)
@@ -284,111 +284,111 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>Iow has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 74 yards from Iow 35 to MGA -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Juan Griffin - WR</t>
   </si>
   <si>
-    <t>#33 George Bothwell - CB</t>
-[...2 lines deleted...]
-    <t>#37 Rex Frei - CB</t>
+    <t>#35 George Bothwell - CB</t>
+  </si>
+  <si>
+    <t>#46 Rex Frei - CB</t>
   </si>
   <si>
     <t>#31 Richard Roach - CB</t>
   </si>
   <si>
     <t>#88 Tom Carter - LDE</t>
   </si>
   <si>
     <t>#87 Jason Rosenthal - DT</t>
   </si>
   <si>
-    <t>#58 Timothy Kelleher - WLB</t>
+    <t>#96 Timothy Kelleher - DT</t>
   </si>
   <si>
     <t>#29 William Hatch - SS</t>
   </si>
   <si>
     <t>#59 Brett Jensen - WLB</t>
   </si>
   <si>
     <t>#41 Christian Whiting - CB</t>
   </si>
   <si>
     <t>#56 Robert Carpenter - WLB</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
   <si>
     <t>MGA</t>
   </si>
   <si>
     <t>MGA 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-MGA 25 (15:00) 8-David Keyes pass complete to 24-Tom Hartman to MGA 43 for 18 yards. 24-Tom Hartman breaks down the CB.</t>
   </si>
   <si>
-    <t>#8 David Keyes - QB</t>
+    <t>#7 David Keyes - QB</t>
   </si>
   <si>
     <t>#26 Tom Hartman - RB</t>
   </si>
   <si>
     <t>#22 Charles Walden - RB</t>
   </si>
   <si>
     <t>#80 Bobby Bower - TE</t>
   </si>
   <si>
-    <t>#16 Brandon Cabrales - WR</t>
+    <t>#17 Brandon Cabrales - WR</t>
   </si>
   <si>
     <t>#11 Harry Adams - WR</t>
   </si>
   <si>
     <t>#77 Stuart Mejia - LT</t>
   </si>
   <si>
     <t>#88 Roger Moser - LG</t>
   </si>
   <si>
     <t>#63 Leroy Coster - C</t>
   </si>
   <si>
     <t>#78 Arthur Dupont - RT</t>
   </si>
   <si>
     <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#59 Bobby Jenkins - LG</t>
   </si>
   <si>
     <t>#66 Jody Young - C</t>
   </si>
   <si>
     <t>#50 Mickey Holley - RG</t>
   </si>
   <si>
     <t>#76 Donald Vanzant - RT</t>
   </si>
   <si>
     <t>#94 Michael Carswell - RDE</t>
   </si>
   <si>
     <t>#99 Kevin Smith - DT</t>
   </si>
   <si>
     <t>#98 Anthony Falcon - DT</t>
   </si>
   <si>
     <t>#91 Richard Young - RDE</t>
   </si>
   <si>
-    <t>#57 Donald Hutchison - SLB</t>
+    <t>#53 Donald Hutchison - WLB</t>
   </si>
   <si>
     <t>#50 Dan Gray - MLB</t>
   </si>
   <si>
     <t>#32 Matthew Krause - CB</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>MGA 4</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-4-MGA 4 (10:57) 1-Charles Day ran for 4 yards. TOUCHDOWN! Iow 6 MGA 0</t>
   </si>
   <si>
     <t>#1 Charles Day - RB</t>
   </si>
@@ -2379,64 +2379,64 @@
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="31.707" bestFit="true" customWidth="true" style="0"/>
   </cols>