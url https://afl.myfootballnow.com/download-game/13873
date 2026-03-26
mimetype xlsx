--- v3 (2026-03-05)
+++ v4 (2026-03-26)
@@ -290,54 +290,54 @@
   <si>
     <t>Iow</t>
   </si>
   <si>
     <t>Iow 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 17-Jorge Robinson kicks 74 yards from Iow 35 to MGA -9. Touchback.</t>
   </si>
   <si>
     <t>#23 Juan Griffin - WR</t>
   </si>
   <si>
     <t>#35 George Bothwell - CB</t>
   </si>
   <si>
     <t>#46 Rex Frei - CB</t>
   </si>
   <si>
-    <t>#31 Richard Roach - CB</t>
-[...2 lines deleted...]
-    <t>#88 Tom Carter - LDE</t>
+    <t>#31 Richard Roach - FS</t>
+  </si>
+  <si>
+    <t>#90 Tom Carter - DT</t>
   </si>
   <si>
     <t>#87 Jason Rosenthal - DT</t>
   </si>
   <si>
     <t>#96 Timothy Kelleher - DT</t>
   </si>
   <si>
     <t>#29 William Hatch - SS</t>
   </si>
   <si>
     <t>#59 Brett Jensen - WLB</t>
   </si>
   <si>
     <t>#41 Christian Whiting - CB</t>
   </si>
   <si>
     <t>#56 Robert Carpenter - WLB</t>
   </si>
   <si>
     <t>#17 Jorge Robinson - K</t>
   </si>
   <si>
     <t>MGA</t>
   </si>
@@ -353,90 +353,90 @@
   <si>
     <t>1-10-MGA 25 (15:00) 8-David Keyes pass complete to 24-Tom Hartman to MGA 43 for 18 yards. 24-Tom Hartman breaks down the CB.</t>
   </si>
   <si>
     <t>#7 David Keyes - QB</t>
   </si>
   <si>
     <t>#26 Tom Hartman - RB</t>
   </si>
   <si>
     <t>#22 Charles Walden - RB</t>
   </si>
   <si>
     <t>#80 Bobby Bower - TE</t>
   </si>
   <si>
     <t>#17 Brandon Cabrales - WR</t>
   </si>
   <si>
     <t>#11 Harry Adams - WR</t>
   </si>
   <si>
     <t>#77 Stuart Mejia - LT</t>
   </si>
   <si>
-    <t>#88 Roger Moser - LG</t>
+    <t>#55 Roger Moser - RG</t>
   </si>
   <si>
     <t>#63 Leroy Coster - C</t>
   </si>
   <si>
     <t>#78 Arthur Dupont - RT</t>
   </si>
   <si>
     <t>#62 Richard Glisson - C</t>
   </si>
   <si>
     <t>#91 Daniel Martindale - LDE</t>
   </si>
   <si>
     <t>#97 Manuel Denzer - DT</t>
   </si>
   <si>
     <t>#63 James Novak - DT</t>
   </si>
   <si>
     <t>#70 William Gray - RDE</t>
   </si>
   <si>
     <t>#95 Bradley Romo - SLB</t>
   </si>
   <si>
     <t>#53 James Juarez - MLB</t>
   </si>
   <si>
     <t>#20 Daniel Keen - WLB</t>
   </si>
   <si>
     <t>#43 Charles Dixon - SS</t>
   </si>
   <si>
     <t>#35 Thomas Gleaton - CB</t>
   </si>
   <si>
-    <t>#23 Alvin Nisbet - SS</t>
+    <t>#33 Alvin Nisbet - SS</t>
   </si>
   <si>
     <t>#22 Jimmy Hockett - FS</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>MGA 43</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-MGA 43 (14:16) 8-David Keyes sacked at MGA 36 for -7 yards (91-Daniel Martindale). Sack allowed by 78-Richard Glisson.</t>
   </si>
   <si>
     <t>#85 Joseph Hinman - TE</t>
   </si>
   <si>
     <t>#10 Gerald Burke - WR</t>
   </si>