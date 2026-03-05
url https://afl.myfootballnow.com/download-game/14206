--- v0 (2026-02-13)
+++ v1 (2026-03-05)
@@ -290,126 +290,126 @@
   <si>
     <t>DAK</t>
   </si>
   <si>
     <t>DAK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-James Poteet kicks 75 yards from DAK 35 to DAY -10. Touchback.</t>
   </si>
   <si>
     <t>#28 Carl Young - RB</t>
   </si>
   <si>
     <t>#58 William Hall - WLB</t>
   </si>
   <si>
     <t>#56 Josue Mathis - DT</t>
   </si>
   <si>
-    <t>#25 Robert Wagner - SS</t>
+    <t>#25 Robert Wagner - CB</t>
   </si>
   <si>
     <t>#76 Paul Sutton - DT</t>
   </si>
   <si>
     <t>#95 Christopher Hendrix - MLB</t>
   </si>
   <si>
     <t>#31 Armando Holden - SS</t>
   </si>
   <si>
-    <t>#96 Antonio Barnes - WLB</t>
+    <t>#96 Antonio Barnes - SLB</t>
   </si>
   <si>
     <t>#94 Carlos Grady - RDE</t>
   </si>
   <si>
     <t>#59 Michael Bush - SLB</t>
   </si>
   <si>
     <t>#1 Peter Jasper - LDE</t>
   </si>
   <si>
     <t>#7 James Poteet - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>DAY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-DAY 25 (15:00) 28-Carl Young ran to DAY 24 for -1 yards. Tackle by 46-Tonto Cross.</t>
   </si>
   <si>
     <t>#9 Peter Hoyt - QB</t>
   </si>
   <si>
     <t>#43 Harold Kennedy - FB</t>
   </si>
   <si>
-    <t>#46 Gregory Kalman - FB</t>
-[...2 lines deleted...]
-    <t>#82 Daniel Hickman - TE</t>
+    <t>#38 Gregory Kalman - FB</t>
+  </si>
+  <si>
+    <t>#86 Daniel Hickman - WR</t>
   </si>
   <si>
     <t>#81 Rick Furrow - TE</t>
   </si>
   <si>
     <t>#68 David Casey - LT</t>
   </si>
   <si>
     <t>#75 Mark Williams - LG</t>
   </si>
   <si>
     <t>#79 Louis Levine - C</t>
   </si>
   <si>
     <t>#55 Christopher Taranto - RG</t>
   </si>
   <si>
     <t>#62 Williams Benz - RT</t>
   </si>
   <si>
     <t>#90 Rickey Kellems - LDE</t>
   </si>
   <si>
-    <t>#91 Tony Greenwood - LDE</t>
+    <t>#91 Tony Greenwood - WLB</t>
   </si>
   <si>
     <t>#92 Gary Diaz - DT</t>
   </si>
   <si>
     <t>#68 Gregory Mapes - RDE</t>
   </si>
   <si>
     <t>#99 Anthony Myers - RDE</t>
   </si>
   <si>
     <t>#49 James Hendricks - FS</t>
   </si>
   <si>
     <t>#46 Tonto Cross - CB</t>
   </si>
   <si>
     <t>#90 Dennis Kauffman - SLB</t>
   </si>
   <si>
     <t>#21 David Franklin - CB</t>
   </si>
   <si>
     <t>#45 Andrew Yearby - CB</t>
   </si>
@@ -509,81 +509,81 @@
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>#3 Nicholas Gomez - LT</t>
   </si>
   <si>
     <t>#98 Charles Briggs - LDE</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>DAK 28</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DAK 28 (14:02) 4-Stephen Hall pass Pass knocked down by 31-Armando Holden. incomplete, intended for 35-Charles Loucks.</t>
   </si>
   <si>
     <t>#6 Stephen Hall - QB</t>
   </si>
   <si>
-    <t>#35 Charles Loucks - RB</t>
+    <t>#42 Charles Loucks - RB</t>
   </si>
   <si>
     <t>#81 John Elliott - TE</t>
   </si>
   <si>
     <t>#89 Jake Napper - WR</t>
   </si>
   <si>
     <t>#84 Mark Topping - WR</t>
   </si>
   <si>
     <t>#60 Peter Vincent - LT</t>
   </si>
   <si>
     <t>#70 Chad Bland - RG</t>
   </si>
   <si>
     <t>#51 Elliot Smith - C</t>
   </si>
   <si>
     <t>#61 Ricky Love - RG</t>
   </si>
   <si>
     <t>#71 Melvin Evans - RT</t>
   </si>
   <si>
     <t>#60 Jeffrey Chun - DT</t>
   </si>
   <si>
-    <t>#4 Darren Flores - SLB</t>
+    <t>#4 Darren Flores - MLB</t>
   </si>
   <si>
     <t>#27 Jeremy Isbell - CB</t>
   </si>
   <si>
     <t>#20 Alton Perry - CB</t>
   </si>
   <si>
     <t>#47 Earnest Ferrari - FS</t>
   </si>
   <si>
     <t>13:58</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-10-DAK 28 (13:59) 4-Stephen Hall pass incomplete, intended for 35-Charles Loucks.</t>
   </si>
   <si>
     <t>13:55</t>
   </si>