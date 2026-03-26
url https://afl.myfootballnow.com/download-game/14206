--- v1 (2026-03-05)
+++ v2 (2026-03-26)
@@ -479,78 +479,78 @@
   <si>
     <t>#22 Eddy Felson - CB</t>
   </si>
   <si>
     <t>14:08</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-11-DAY 24 (14:09) 19-Julian Vieira punts 48 yards to DAK 28. Fair Catch by 14-Noble Burdette.</t>
   </si>
   <si>
     <t>#19 Julian Vieira - P</t>
   </si>
   <si>
     <t>#70 Paul Arrington - C</t>
   </si>
   <si>
     <t>#14 Noble Burdette - WR</t>
   </si>
   <si>
-    <t>#32 David Nelson - RB</t>
+    <t>#49 David Nelson - RB</t>
   </si>
   <si>
     <t>#52 Ronald Kent - LG</t>
   </si>
   <si>
     <t>#73 Julius Foster - LG</t>
   </si>
   <si>
     <t>#3 Nicholas Gomez - LT</t>
   </si>
   <si>
     <t>#98 Charles Briggs - LDE</t>
   </si>
   <si>
     <t>14:01</t>
   </si>
   <si>
     <t>DAK 28</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-DAK 28 (14:02) 4-Stephen Hall pass Pass knocked down by 31-Armando Holden. incomplete, intended for 35-Charles Loucks.</t>
   </si>
   <si>
-    <t>#6 Stephen Hall - QB</t>
+    <t>#8 Stephen Hall - QB</t>
   </si>
   <si>
     <t>#42 Charles Loucks - RB</t>
   </si>
   <si>
     <t>#81 John Elliott - TE</t>
   </si>
   <si>
     <t>#89 Jake Napper - WR</t>
   </si>
   <si>
     <t>#84 Mark Topping - WR</t>
   </si>
   <si>
     <t>#60 Peter Vincent - LT</t>
   </si>
   <si>
     <t>#70 Chad Bland - RG</t>
   </si>
   <si>
     <t>#51 Elliot Smith - C</t>
   </si>
   <si>
     <t>#61 Ricky Love - RG</t>
   </si>