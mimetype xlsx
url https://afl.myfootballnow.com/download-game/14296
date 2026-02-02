--- v0 (2026-01-13)
+++ v1 (2026-02-02)
@@ -722,51 +722,51 @@
   <si>
     <t>NYK 47</t>
   </si>
   <si>
     <t>Dime Flat 2 Deep Man Under</t>
   </si>
   <si>
     <t>3-4-NYK 47 (8:48) 8-Robert Ramey pass complete to 10-Troy Helms to MGA 45 for 7 yards. Tackle by 36-Patrick Jackson.</t>
   </si>
   <si>
     <t>8:15</t>
   </si>
   <si>
     <t>MGA 45</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-MGA 45 (8:14) 8-Robert Ramey pass complete to 28-Thomas Stansberry to MGA 45 for a short loss. Tackle by 56-John Burley. MGA 99-Kevin Smith was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#49 Alan Carter - SS</t>
+    <t>#49 Alan Carter - CB</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>Strong I Big HB Dive Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-MGA 45 (7:40) 9-Ray Allen ran to MGA 44 for 1 yards. Tackle by 98-Anthony Falcon.</t>
   </si>
   <si>
     <t>#90 Joseph Chapman - LDE</t>
   </si>
   <si>
     <t>7:04</t>
   </si>
   <si>
     <t>MGA 44</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>