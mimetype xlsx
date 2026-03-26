--- v0 (2026-02-23)
+++ v1 (2026-03-26)
@@ -290,66 +290,66 @@
   <si>
     <t>NYK</t>
   </si>
   <si>
     <t>NYK 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Robert Mercado kicks 69 yards from NYK 35 to DAY -4. 46-James Garcia to DAY 23 for 27 yards. Tackle by 55-John Sherman.</t>
   </si>
   <si>
     <t>#46 James Garcia - RB</t>
   </si>
   <si>
     <t>#58 William Hall - WLB</t>
   </si>
   <si>
     <t>#76 Paul Sutton - DT</t>
   </si>
   <si>
-    <t>#25 Robert Wagner - SS</t>
+    <t>#25 Robert Wagner - CB</t>
   </si>
   <si>
     <t>#1 Peter Jasper - LDE</t>
   </si>
   <si>
     <t>#95 Christopher Hendrix - MLB</t>
   </si>
   <si>
     <t>#56 Josue Mathis - DT</t>
   </si>
   <si>
-    <t>#54 Robert Owens - MLB</t>
-[...2 lines deleted...]
-    <t>#96 Antonio Barnes - WLB</t>
+    <t>#54 Robert Owens - LDE</t>
+  </si>
+  <si>
+    <t>#96 Antonio Barnes - SLB</t>
   </si>
   <si>
     <t>#31 Armando Holden - SS</t>
   </si>
   <si>
     <t>#94 Carlos Grady - RDE</t>
   </si>
   <si>
     <t>#6 Robert Mercado - K</t>
   </si>
   <si>
     <t>DAY</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>DAY 23</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
@@ -392,51 +392,51 @@
   <si>
     <t>#90 Terry Miller - RDE</t>
   </si>
   <si>
     <t>#96 Gabriel Rivera - DT</t>
   </si>
   <si>
     <t>#93 James Chace - DT</t>
   </si>
   <si>
     <t>#91 Oscar Covey - RDE</t>
   </si>
   <si>
     <t>#54 Mark Baird - MLB</t>
   </si>
   <si>
     <t>#53 William Pierce - MLB</t>
   </si>
   <si>
     <t>#50 Orlando Carter - WLB</t>
   </si>
   <si>
     <t>#24 Carmen Kirkpatrick - CB</t>
   </si>
   <si>
-    <t>#21 Strickland Banks - CB</t>
+    <t>#26 Strickland Banks - CB</t>
   </si>
   <si>
     <t>#31 Michael Green - CB</t>
   </si>
   <si>
     <t>#39 Erick Barnes - CB</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>NYK 44</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-NYK 44 (14:17) 9-Peter Hoyt pass Pass knocked down by 23-Dale Disalvo. incomplete, intended for 80-Steven Webster.</t>
   </si>
   <si>
     <t>#38 Gregory Kalman - FB</t>
   </si>
@@ -596,51 +596,51 @@
   <si>
     <t>#87 Jonathan Harrold - TE</t>
   </si>
   <si>
     <t>#89 Carlo Stanley - TE</t>
   </si>
   <si>
     <t>#80 Jared Swan - TE</t>
   </si>
   <si>
     <t>#71 Leo Schade - LT</t>
   </si>
   <si>
     <t>#70 Michael Peoples - RT</t>
   </si>
   <si>
     <t>#68 Raymond Grove - C</t>
   </si>
   <si>
     <t>#67 Dewayne Fleming - RG</t>
   </si>
   <si>
     <t>#66 James Lynch - RG</t>
   </si>
   <si>
-    <t>#97 Jerry Balog - LDE</t>
+    <t>#5 Jerry Balog - RDE</t>
   </si>
   <si>
     <t>#60 Jeffrey Chun - DT</t>
   </si>
   <si>
     <t>#90 Arthur Counts - RDE</t>
   </si>
   <si>
     <t>#59 Michael Bush - SLB</t>
   </si>
   <si>
     <t>#27 Jeremy Isbell - CB</t>
   </si>
   <si>
     <t>#21 Robert Shields - CB</t>
   </si>
   <si>
     <t>#37 Alfred Gomez - CB</t>
   </si>
   <si>
     <t>#47 Earnest Ferrari - FS</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
@@ -737,51 +737,51 @@
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>DAY 31</t>
   </si>
   <si>
     <t>4-1-DAY 31 (8:04) 19-Julian Vieira punts 39 yards to NYK 30. 28-Thomas Stansberry to NYK 43 for 13 yards. Tackle by 25-Robert Wagner.</t>
   </si>
   <si>
     <t>#19 Julian Vieira - P</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>NYK 43</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>1-10-NYK 43 (7:55) 8-Robert Ramey pass complete to 89-Carlo Stanley to DAY 38 for 19 yards. Tackle by 47-Earnest Ferrari.</t>
   </si>
   <si>
-    <t>#4 Darren Flores - SLB</t>
+    <t>#4 Darren Flores - MLB</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>DAY 38</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-DAY 38 (7:06) 34-Jeffrey Pursley ran to DAY 34 for 3 yards. Tackle by 96-Antonio Barnes.</t>
   </si>
   <si>
     <t>#34 Jeffrey Pursley - RB</t>
   </si>
   <si>
     <t>#65 James Lester - C</t>
   </si>
   <si>
     <t>#42 William Carr - FS</t>
   </si>